--- v0 (2025-10-08)
+++ v1 (2025-11-29)
@@ -5,280 +5,621 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment2.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment3.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/tables/table11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/comments6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
-  <Override PartName="/xl/comments6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/comments7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29318"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29429"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="119" documentId="8_{3380CD49-6228-4CF8-BB7F-A5F3781C44A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CE44EAB9-6DB2-47AF-96A3-0A5F7FF0B4DF}"/>
+  <xr:revisionPtr revIDLastSave="202" documentId="8_{3380CD49-6228-4CF8-BB7F-A5F3781C44A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EAD429C6-EEEA-45FA-A3C1-EC7F56AF9804}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" firstSheet="10" activeTab="10" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" firstSheet="11" activeTab="23" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Janvier" sheetId="4" r:id="rId1"/>
     <sheet name="Février" sheetId="5" r:id="rId2"/>
     <sheet name="Mars" sheetId="17" r:id="rId3"/>
     <sheet name="Avril" sheetId="18" r:id="rId4"/>
     <sheet name="Mai" sheetId="19" r:id="rId5"/>
     <sheet name="Juin" sheetId="20" r:id="rId6"/>
     <sheet name="Juillet" sheetId="21" r:id="rId7"/>
     <sheet name="Août" sheetId="22" r:id="rId8"/>
     <sheet name="Septembre" sheetId="23" r:id="rId9"/>
     <sheet name="Octobre" sheetId="24" r:id="rId10"/>
     <sheet name="Novembre" sheetId="25" r:id="rId11"/>
     <sheet name="Décembre" sheetId="15" r:id="rId12"/>
     <sheet name="Janvier 2026" sheetId="27" r:id="rId13"/>
     <sheet name="Fevrier 2026" sheetId="29" r:id="rId14"/>
     <sheet name="Mars 2026" sheetId="31" r:id="rId15"/>
     <sheet name="Avril 2026" sheetId="30" r:id="rId16"/>
     <sheet name="Mai 2026" sheetId="28" r:id="rId17"/>
     <sheet name="Juin 2026" sheetId="26" r:id="rId18"/>
+    <sheet name="Juillet 2026" sheetId="32" r:id="rId19"/>
+    <sheet name="Août 2026" sheetId="33" r:id="rId20"/>
+    <sheet name="Septembre 2026" sheetId="34" r:id="rId21"/>
+    <sheet name="Octobre 2026" sheetId="35" r:id="rId22"/>
+    <sheet name="Novembre 2026" sheetId="36" r:id="rId23"/>
+    <sheet name="Décembre 2026" sheetId="37" r:id="rId24"/>
   </sheets>
   <definedNames>
     <definedName name="CalendarYear">Janvier!$AH$6</definedName>
     <definedName name="CléCongé">Janvier!$C$4</definedName>
     <definedName name="CléMaladie">Janvier!$J$4</definedName>
     <definedName name="CléPersonnalisée1">Janvier!$N$4</definedName>
     <definedName name="CléPersonnalisée2">Janvier!$S$4</definedName>
     <definedName name="CléPersonnel">Janvier!$F$4</definedName>
     <definedName name="ÉtiquetteCléCongé">Janvier!$D$4</definedName>
     <definedName name="ÉtiquetteCléMaladie">Janvier!$K$4</definedName>
     <definedName name="ÉtiquetteCléPersonnalisée1">Janvier!$O$4</definedName>
     <definedName name="ÉtiquetteCléPersonnalisée2">Janvier!$T$4</definedName>
     <definedName name="ÉtiquetteCléPersonnel">Janvier!$G$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="7">Août!$6:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="19">'Août 2026'!$6:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">Avril!$7:$9</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="15">'Avril 2026'!$6:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="11">Décembre!$6:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="23">'Décembre 2026'!$6:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Février!$6:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="13">'Fevrier 2026'!$6:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Janvier!$6:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="12">'Janvier 2026'!$6:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="6">Juillet!$7:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="18">'Juillet 2026'!$7:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="5">Juin!$6:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="17">'Juin 2026'!$6:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">Mai!$4:$6</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="16">'Mai 2026'!$6:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">Mars!$6:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="14">'Mars 2026'!$6:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="10">Novembre!$6:$8</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="17">'Juin 2026'!$6:$8</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="14">'Mars 2026'!$6:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="22">'Novembre 2026'!$6:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="9">Octobre!$6:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="21">'Octobre 2026'!$6:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="8">Septembre!$6:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="20">'Septembre 2026'!$6:$8</definedName>
     <definedName name="Nom_clé">Janvier!$B$4</definedName>
     <definedName name="NomMois" localSheetId="7">Août!$B$2</definedName>
+    <definedName name="NomMois" localSheetId="19">'Août 2026'!$B$2</definedName>
     <definedName name="NomMois" localSheetId="3">Avril!$B$2</definedName>
+    <definedName name="NomMois" localSheetId="15">'Avril 2026'!$B$2</definedName>
     <definedName name="NomMois" localSheetId="11">Décembre!$B$2</definedName>
+    <definedName name="NomMois" localSheetId="23">'Décembre 2026'!$B$2</definedName>
     <definedName name="NomMois" localSheetId="1">Février!$B$2</definedName>
+    <definedName name="NomMois" localSheetId="13">'Fevrier 2026'!$B$2</definedName>
     <definedName name="NomMois" localSheetId="0">Janvier!$B$2</definedName>
+    <definedName name="NomMois" localSheetId="12">'Janvier 2026'!$B$2</definedName>
     <definedName name="NomMois" localSheetId="6">Juillet!$B$2</definedName>
+    <definedName name="NomMois" localSheetId="18">'Juillet 2026'!$B$2</definedName>
     <definedName name="NomMois" localSheetId="5">Juin!$B$2</definedName>
+    <definedName name="NomMois" localSheetId="17">'Juin 2026'!$B$2</definedName>
     <definedName name="NomMois" localSheetId="4">Mai!$B$4</definedName>
+    <definedName name="NomMois" localSheetId="16">'Mai 2026'!$B$2</definedName>
     <definedName name="NomMois" localSheetId="2">Mars!$B$2</definedName>
+    <definedName name="NomMois" localSheetId="14">'Mars 2026'!$B$2</definedName>
     <definedName name="NomMois" localSheetId="10">Novembre!$B$2</definedName>
-    <definedName name="NomMois" localSheetId="17">'Juin 2026'!$B$2</definedName>
-[...4 lines deleted...]
-    <definedName name="NomMois" localSheetId="14">'Mars 2026'!$B$2</definedName>
+    <definedName name="NomMois" localSheetId="22">'Novembre 2026'!$B$2</definedName>
     <definedName name="NomMois" localSheetId="9">Octobre!$B$2</definedName>
+    <definedName name="NomMois" localSheetId="21">'Octobre 2026'!$B$2</definedName>
     <definedName name="NomMois" localSheetId="8">Septembre!$B$2</definedName>
+    <definedName name="NomMois" localSheetId="20">'Septembre 2026'!$B$2</definedName>
     <definedName name="Titre_Absence_Employé">Janvier!$B$1</definedName>
+    <definedName name="Titre1" localSheetId="19">Janvier[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre1" localSheetId="15">Janvier[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre1" localSheetId="23">Janvier[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre1" localSheetId="13">Janvier[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre1" localSheetId="12">Janvier[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre1" localSheetId="18">Janvier[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre1" localSheetId="17">Janvier[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre1" localSheetId="12">Janvier[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre1" localSheetId="16">Janvier[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre1" localSheetId="13">Janvier[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre1" localSheetId="15">Janvier[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre1" localSheetId="14">Janvier[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre1" localSheetId="22">Janvier[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre1" localSheetId="21">Janvier[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre1" localSheetId="20">Janvier[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre1">Janvier[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre10" localSheetId="19">Octobre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre10" localSheetId="15">Octobre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre10" localSheetId="23">Octobre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre10" localSheetId="13">Octobre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre10" localSheetId="12">Octobre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre10" localSheetId="18">Octobre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre10" localSheetId="17">Octobre[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre10" localSheetId="12">Octobre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre10" localSheetId="16">Octobre[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre10" localSheetId="13">Octobre[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre10" localSheetId="15">Octobre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre10" localSheetId="14">Octobre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre10" localSheetId="22">Octobre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre10" localSheetId="21">Octobre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre10" localSheetId="20">Octobre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre10">Octobre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre11" localSheetId="19">Novembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre11" localSheetId="15">Novembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre11" localSheetId="23">Novembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre11" localSheetId="13">Novembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre11" localSheetId="12">Novembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre11" localSheetId="18">Novembre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre11" localSheetId="17">Novembre[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre11" localSheetId="12">Novembre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre11" localSheetId="16">Novembre[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre11" localSheetId="13">Novembre[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre11" localSheetId="15">Novembre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre11" localSheetId="14">Novembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre11" localSheetId="22">Novembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre11" localSheetId="21">Novembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre11" localSheetId="20">Novembre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre11">Novembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre12" localSheetId="19">Décembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre12" localSheetId="15">Décembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre12" localSheetId="23">Décembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre12" localSheetId="13">Décembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre12" localSheetId="12">Décembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre12" localSheetId="18">Décembre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre12" localSheetId="17">Décembre[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre12" localSheetId="12">Décembre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre12" localSheetId="16">Décembre[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre12" localSheetId="13">Décembre[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre12" localSheetId="15">Décembre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre12" localSheetId="14">Décembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre12" localSheetId="22">Décembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre12" localSheetId="21">Décembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre12" localSheetId="20">Décembre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre12">Décembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre2" localSheetId="19">Février[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre2" localSheetId="15">Février[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre2" localSheetId="23">Février[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre2" localSheetId="13">Février[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre2" localSheetId="12">Février[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre2" localSheetId="18">Février[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre2" localSheetId="17">Février[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre2" localSheetId="12">Février[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre2" localSheetId="16">Février[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre2" localSheetId="13">Février[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre2" localSheetId="15">Février[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre2" localSheetId="14">Février[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre2" localSheetId="22">Février[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre2" localSheetId="21">Février[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre2" localSheetId="20">Février[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre2">Février[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre3" localSheetId="19">Mars[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre3" localSheetId="15">Mars[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre3" localSheetId="23">Mars[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre3" localSheetId="13">Mars[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre3" localSheetId="12">Mars[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre3" localSheetId="18">Mars[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre3" localSheetId="17">Mars[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre3" localSheetId="12">Mars[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre3" localSheetId="16">Mars[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre3" localSheetId="13">Mars[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre3" localSheetId="15">Mars[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre3" localSheetId="14">Mars[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre3" localSheetId="22">Mars[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre3" localSheetId="21">Mars[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre3" localSheetId="20">Mars[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre3">Mars[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre4" localSheetId="19">March5[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre4" localSheetId="15">March5[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre4" localSheetId="23">March5[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre4" localSheetId="13">March5[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre4" localSheetId="12">March5[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre4" localSheetId="18">March5[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre4" localSheetId="17">March5[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre4" localSheetId="12">March5[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre4" localSheetId="16">March5[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre4" localSheetId="13">March5[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre4" localSheetId="15">March5[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre4" localSheetId="14">March5[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre4" localSheetId="22">March5[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre4" localSheetId="21">March5[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre4" localSheetId="20">March5[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre4">March5[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre5" localSheetId="19">March58[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre5" localSheetId="15">March58[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre5" localSheetId="23">March58[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre5" localSheetId="13">March58[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre5" localSheetId="12">March58[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre5" localSheetId="18">March58[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre5" localSheetId="17">March58[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre5" localSheetId="12">March58[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre5" localSheetId="16">March58[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre5" localSheetId="13">March58[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre5" localSheetId="15">March58[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre5" localSheetId="14">March58[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre5" localSheetId="22">March58[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre5" localSheetId="21">March58[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre5" localSheetId="20">March58[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre5">March58[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre6" localSheetId="19">Juin[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre6" localSheetId="15">Juin[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre6" localSheetId="23">Juin[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre6" localSheetId="13">Juin[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre6" localSheetId="12">Juin[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre6" localSheetId="18">Juin[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre6" localSheetId="17">Juin[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre6" localSheetId="12">Juin[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre6" localSheetId="16">Juin[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre6" localSheetId="13">Juin[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre6" localSheetId="15">Juin[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre6" localSheetId="14">Juin[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre6" localSheetId="22">Juin[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre6" localSheetId="21">Juin[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre6" localSheetId="20">Juin[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre6">Juin[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre7" localSheetId="19">Juillet[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre7" localSheetId="15">Juillet[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre7" localSheetId="23">Juillet[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre7" localSheetId="13">Juillet[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre7" localSheetId="12">Juillet[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre7" localSheetId="18">Juillet[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre7" localSheetId="17">Juillet[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre7" localSheetId="12">Juillet[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre7" localSheetId="16">Juillet[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre7" localSheetId="13">Juillet[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre7" localSheetId="15">Juillet[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre7" localSheetId="14">Juillet[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre7" localSheetId="22">Juillet[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre7" localSheetId="21">Juillet[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre7" localSheetId="20">Juillet[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre7">Juillet[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre8" localSheetId="19">Août[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre8" localSheetId="15">Août[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre8" localSheetId="23">Août[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre8" localSheetId="13">Août[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre8" localSheetId="12">Août[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre8" localSheetId="18">Août[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre8" localSheetId="17">Août[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre8" localSheetId="12">Août[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre8" localSheetId="16">Août[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre8" localSheetId="13">Août[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre8" localSheetId="15">Août[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre8" localSheetId="14">Août[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre8" localSheetId="22">Août[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre8" localSheetId="21">Août[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre8" localSheetId="20">Août[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre8">Août[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre9" localSheetId="19">Septembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre9" localSheetId="15">Septembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre9" localSheetId="23">Septembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre9" localSheetId="13">Septembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre9" localSheetId="12">Septembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre9" localSheetId="18">Septembre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre9" localSheetId="17">Septembre[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre9" localSheetId="12">Septembre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre9" localSheetId="16">Septembre[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre9" localSheetId="13">Septembre[[#Headers],[Materiel Comité]]</definedName>
-    <definedName name="Titre9" localSheetId="15">Septembre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre9" localSheetId="14">Septembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre9" localSheetId="22">Septembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre9" localSheetId="21">Septembre[[#Headers],[Materiel Comité]]</definedName>
+    <definedName name="Titre9" localSheetId="20">Septembre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="Titre9">Septembre[[#Headers],[Materiel Comité]]</definedName>
     <definedName name="TitreColonne13">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="J7" i="26" l="1"/>
+  <c r="AG7" i="37" l="1"/>
+  <c r="AF7" i="37"/>
+  <c r="AE7" i="37"/>
+  <c r="AD7" i="37"/>
+  <c r="AC7" i="37"/>
+  <c r="AB7" i="37"/>
+  <c r="AA7" i="37"/>
+  <c r="Z7" i="37"/>
+  <c r="Y7" i="37"/>
+  <c r="X7" i="37"/>
+  <c r="W7" i="37"/>
+  <c r="V7" i="37"/>
+  <c r="U7" i="37"/>
+  <c r="T7" i="37"/>
+  <c r="S7" i="37"/>
+  <c r="R7" i="37"/>
+  <c r="Q7" i="37"/>
+  <c r="P7" i="37"/>
+  <c r="O7" i="37"/>
+  <c r="N7" i="37"/>
+  <c r="M7" i="37"/>
+  <c r="L7" i="37"/>
+  <c r="K7" i="37"/>
+  <c r="J7" i="37"/>
+  <c r="I7" i="37"/>
+  <c r="H7" i="37"/>
+  <c r="G7" i="37"/>
+  <c r="F7" i="37"/>
+  <c r="E7" i="37"/>
+  <c r="D7" i="37"/>
+  <c r="C7" i="37"/>
+  <c r="AF7" i="36"/>
+  <c r="AE7" i="36"/>
+  <c r="AD7" i="36"/>
+  <c r="AC7" i="36"/>
+  <c r="AB7" i="36"/>
+  <c r="AA7" i="36"/>
+  <c r="Z7" i="36"/>
+  <c r="Y7" i="36"/>
+  <c r="X7" i="36"/>
+  <c r="W7" i="36"/>
+  <c r="V7" i="36"/>
+  <c r="U7" i="36"/>
+  <c r="T7" i="36"/>
+  <c r="S7" i="36"/>
+  <c r="R7" i="36"/>
+  <c r="Q7" i="36"/>
+  <c r="P7" i="36"/>
+  <c r="O7" i="36"/>
+  <c r="N7" i="36"/>
+  <c r="M7" i="36"/>
+  <c r="L7" i="36"/>
+  <c r="K7" i="36"/>
+  <c r="J7" i="36"/>
+  <c r="I7" i="36"/>
+  <c r="H7" i="36"/>
+  <c r="G7" i="36"/>
+  <c r="F7" i="36"/>
+  <c r="E7" i="36"/>
+  <c r="D7" i="36"/>
+  <c r="C7" i="36"/>
+  <c r="AG7" i="35"/>
+  <c r="AF7" i="35"/>
+  <c r="AE7" i="35"/>
+  <c r="AD7" i="35"/>
+  <c r="AC7" i="35"/>
+  <c r="AB7" i="35"/>
+  <c r="AA7" i="35"/>
+  <c r="Z7" i="35"/>
+  <c r="Y7" i="35"/>
+  <c r="X7" i="35"/>
+  <c r="W7" i="35"/>
+  <c r="V7" i="35"/>
+  <c r="U7" i="35"/>
+  <c r="T7" i="35"/>
+  <c r="S7" i="35"/>
+  <c r="R7" i="35"/>
+  <c r="Q7" i="35"/>
+  <c r="P7" i="35"/>
+  <c r="O7" i="35"/>
+  <c r="N7" i="35"/>
+  <c r="M7" i="35"/>
+  <c r="L7" i="35"/>
+  <c r="K7" i="35"/>
+  <c r="J7" i="35"/>
+  <c r="I7" i="35"/>
+  <c r="H7" i="35"/>
+  <c r="G7" i="35"/>
+  <c r="F7" i="35"/>
+  <c r="E7" i="35"/>
+  <c r="D7" i="35"/>
+  <c r="C7" i="35"/>
+  <c r="AF7" i="34"/>
+  <c r="AE7" i="34"/>
+  <c r="AD7" i="34"/>
+  <c r="AC7" i="34"/>
+  <c r="AB7" i="34"/>
+  <c r="AA7" i="34"/>
+  <c r="Z7" i="34"/>
+  <c r="Y7" i="34"/>
+  <c r="X7" i="34"/>
+  <c r="W7" i="34"/>
+  <c r="V7" i="34"/>
+  <c r="U7" i="34"/>
+  <c r="T7" i="34"/>
+  <c r="S7" i="34"/>
+  <c r="R7" i="34"/>
+  <c r="Q7" i="34"/>
+  <c r="P7" i="34"/>
+  <c r="O7" i="34"/>
+  <c r="N7" i="34"/>
+  <c r="M7" i="34"/>
+  <c r="L7" i="34"/>
+  <c r="K7" i="34"/>
+  <c r="J7" i="34"/>
+  <c r="I7" i="34"/>
+  <c r="H7" i="34"/>
+  <c r="G7" i="34"/>
+  <c r="F7" i="34"/>
+  <c r="E7" i="34"/>
+  <c r="D7" i="34"/>
+  <c r="C7" i="34"/>
+  <c r="AG7" i="33"/>
+  <c r="AF7" i="33"/>
+  <c r="AE7" i="33"/>
+  <c r="AD7" i="33"/>
+  <c r="AC7" i="33"/>
+  <c r="AB7" i="33"/>
+  <c r="AA7" i="33"/>
+  <c r="Z7" i="33"/>
+  <c r="Y7" i="33"/>
+  <c r="X7" i="33"/>
+  <c r="W7" i="33"/>
+  <c r="V7" i="33"/>
+  <c r="U7" i="33"/>
+  <c r="T7" i="33"/>
+  <c r="S7" i="33"/>
+  <c r="R7" i="33"/>
+  <c r="Q7" i="33"/>
+  <c r="P7" i="33"/>
+  <c r="O7" i="33"/>
+  <c r="N7" i="33"/>
+  <c r="M7" i="33"/>
+  <c r="L7" i="33"/>
+  <c r="K7" i="33"/>
+  <c r="J7" i="33"/>
+  <c r="I7" i="33"/>
+  <c r="H7" i="33"/>
+  <c r="G7" i="33"/>
+  <c r="F7" i="33"/>
+  <c r="E7" i="33"/>
+  <c r="D7" i="33"/>
+  <c r="C7" i="33"/>
+  <c r="AG7" i="32"/>
+  <c r="AF7" i="32"/>
+  <c r="AE7" i="32"/>
+  <c r="AD7" i="32"/>
+  <c r="AC7" i="32"/>
+  <c r="AB7" i="32"/>
+  <c r="AA7" i="32"/>
+  <c r="Z7" i="32"/>
+  <c r="Y7" i="32"/>
+  <c r="X7" i="32"/>
+  <c r="W7" i="32"/>
+  <c r="V7" i="32"/>
+  <c r="U7" i="32"/>
+  <c r="T7" i="32"/>
+  <c r="S7" i="32"/>
+  <c r="R7" i="32"/>
+  <c r="Q7" i="32"/>
+  <c r="P7" i="32"/>
+  <c r="O7" i="32"/>
+  <c r="N7" i="32"/>
+  <c r="M7" i="32"/>
+  <c r="L7" i="32"/>
+  <c r="K7" i="32"/>
+  <c r="J7" i="32"/>
+  <c r="I7" i="32"/>
+  <c r="H7" i="32"/>
+  <c r="G7" i="32"/>
+  <c r="F7" i="32"/>
+  <c r="E7" i="32"/>
+  <c r="D7" i="32"/>
+  <c r="C7" i="32"/>
+  <c r="AH16" i="37"/>
+  <c r="AH15" i="37"/>
+  <c r="AH14" i="37"/>
+  <c r="AH13" i="37"/>
+  <c r="AH12" i="37"/>
+  <c r="AH11" i="37"/>
+  <c r="AH10" i="37"/>
+  <c r="AH9" i="37"/>
+  <c r="AH6" i="37"/>
+  <c r="AH16" i="36"/>
+  <c r="AH15" i="36"/>
+  <c r="AH14" i="36"/>
+  <c r="AH13" i="36"/>
+  <c r="AH12" i="36"/>
+  <c r="AH11" i="36"/>
+  <c r="AH10" i="36"/>
+  <c r="AH9" i="36"/>
+  <c r="AH6" i="36"/>
+  <c r="AH16" i="35"/>
+  <c r="AH15" i="35"/>
+  <c r="AH14" i="35"/>
+  <c r="AH13" i="35"/>
+  <c r="AH12" i="35"/>
+  <c r="AH11" i="35"/>
+  <c r="AH10" i="35"/>
+  <c r="AH9" i="35"/>
+  <c r="AH6" i="35"/>
+  <c r="AH16" i="34"/>
+  <c r="AH15" i="34"/>
+  <c r="AH14" i="34"/>
+  <c r="AH13" i="34"/>
+  <c r="AH12" i="34"/>
+  <c r="AH11" i="34"/>
+  <c r="AH10" i="34"/>
+  <c r="AH9" i="34"/>
+  <c r="AH6" i="34"/>
+  <c r="AH16" i="33"/>
+  <c r="AH15" i="33"/>
+  <c r="AH14" i="33"/>
+  <c r="AH13" i="33"/>
+  <c r="AH12" i="33"/>
+  <c r="AH11" i="33"/>
+  <c r="AH10" i="33"/>
+  <c r="AH9" i="33"/>
+  <c r="AH6" i="33"/>
+  <c r="AH16" i="32"/>
+  <c r="AH15" i="32"/>
+  <c r="AH14" i="32"/>
+  <c r="AH13" i="32"/>
+  <c r="AH12" i="32"/>
+  <c r="AH11" i="32"/>
+  <c r="AH10" i="32"/>
+  <c r="AH9" i="32"/>
+  <c r="AH6" i="32"/>
+  <c r="J7" i="26"/>
   <c r="K7" i="26"/>
   <c r="L7" i="26"/>
   <c r="M7" i="26"/>
   <c r="N7" i="26"/>
   <c r="O7" i="26"/>
   <c r="P7" i="26"/>
   <c r="Q7" i="26"/>
   <c r="R7" i="26"/>
   <c r="S7" i="26"/>
   <c r="T7" i="26"/>
   <c r="U7" i="26"/>
   <c r="V7" i="26"/>
   <c r="W7" i="26"/>
   <c r="X7" i="26"/>
   <c r="Y7" i="26"/>
   <c r="Z7" i="26"/>
   <c r="AA7" i="26"/>
   <c r="AB7" i="26"/>
   <c r="AC7" i="26"/>
   <c r="AD7" i="26"/>
   <c r="AE7" i="26"/>
   <c r="AF7" i="26"/>
   <c r="I7" i="26"/>
   <c r="H7" i="26"/>
   <c r="G7" i="26"/>
@@ -1161,131 +1502,238 @@
           </rPr>
           <t>Comité 78:
 USSA</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments5.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Comité 78</author>
   </authors>
   <commentList>
     <comment ref="G9" authorId="0" shapeId="0" xr:uid="{C77C3479-235F-4BA1-9743-8BDEDE1707A3}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="0"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Comité 78:
-[...1 lines deleted...]
-</t>
+          <t>Comité 78:
+Les Cyr Volants le samedi
+Mairie de Montigny le vendredi</t>
         </r>
       </text>
     </comment>
     <comment ref="N9" authorId="0" shapeId="0" xr:uid="{E1C028AC-5CCF-49E8-BA33-8E5857F97AAC}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="0"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Comité 78:
 Rambouillet
 </t>
         </r>
       </text>
     </comment>
+    <comment ref="T9" authorId="0" shapeId="0" xr:uid="{35C5303C-4597-44EF-AF75-CF5A3F06E39D}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="11"/>
+            <color theme="0"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t>Comité 78:
+BML</t>
+        </r>
+      </text>
+    </comment>
     <comment ref="G13" authorId="0" shapeId="0" xr:uid="{469BB16C-A4A5-4966-A55B-401C4C47FF56}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="0"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t>Comité 78:
 Les Cyr Volants</t>
         </r>
       </text>
     </comment>
+    <comment ref="T14" authorId="0" shapeId="0" xr:uid="{49639CE2-6F03-41F8-A099-DEC4FB1AE13D}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="11"/>
+            <color theme="0"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t>Comité 78:
+BML</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="C15" authorId="0" shapeId="0" xr:uid="{4923745C-CFBA-458F-B7E6-DD0C108793B3}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="11"/>
+            <color theme="0"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t>Comité 78:
+Elancourt</t>
+        </r>
+      </text>
+    </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments6.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>Comité 78</author>
+  </authors>
+  <commentList>
+    <comment ref="K9" authorId="0" shapeId="0" xr:uid="{ED363A7F-C2F0-449C-B24D-DCF600202794}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="11"/>
+            <color theme="0"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t>Comité 78:
+LE Perray</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L9" authorId="0" shapeId="0" xr:uid="{209ADF20-C4C0-427C-A298-B85BDD972E89}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="11"/>
+            <color theme="0"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t>Comité 78:
+Elancourt LVE</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="R9" authorId="0" shapeId="0" xr:uid="{A742176F-9D61-413E-B60D-FB36523AAC1C}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="11"/>
+            <color theme="0"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t>Comité 78:
+CBS</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="AF9" authorId="0" shapeId="0" xr:uid="{B85AC4BE-F1EC-4F87-AEDA-12792D127A80}">
+      <text>
+        <t>Comité 78:
+MB</t>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
+<file path=xl/comments7.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Comité 78</author>
   </authors>
   <commentList>
     <comment ref="G9" authorId="0" shapeId="0" xr:uid="{5DC7B862-3184-46E7-ACC1-D6CF8AA0EECB}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="0"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Comité 78:
 ESS
 </t>
         </r>
       </text>
     </comment>
     <comment ref="K9" authorId="0" shapeId="0" xr:uid="{98C3008A-30A6-4300-88D2-9919CE8B1BF4}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="0"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Comité 78:
 ESS
 </t>
         </r>
       </text>
     </comment>
+    <comment ref="V9" authorId="0" shapeId="0" xr:uid="{901AF429-C862-48BF-B5C1-BFFC8D67A1EA}">
+      <text>
+        <t xml:space="preserve">Comité 78:
+USC
+</t>
+      </text>
+    </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="918" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1232" uniqueCount="61">
   <si>
     <t>Janvier</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Réservé</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>Comité</t>
   </si>
   <si>
     <t>Dates de réservation materiel Comité 78</t>
   </si>
   <si>
     <t>Materiel Comité</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
@@ -1421,50 +1869,53 @@
     <t>Avril</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Juin</t>
   </si>
   <si>
     <t>Juillet</t>
   </si>
   <si>
     <t>Août</t>
   </si>
   <si>
     <t>Septembre</t>
   </si>
   <si>
     <t>Octobre</t>
   </si>
   <si>
     <t>Novembre</t>
   </si>
   <si>
     <t>Décembre</t>
+  </si>
+  <si>
+    <t>c</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="5">
     <numFmt numFmtId="42" formatCode="_-* #,##0\ &quot;€&quot;_-;\-* #,##0\ &quot;€&quot;_-;_-* &quot;-&quot;\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="0;0;"/>
   </numFmts>
   <fonts count="32">
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2275,51 +2726,1659 @@
     <cellStyle name="Calcul" xfId="38" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Cellule liée" xfId="39" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Commentaire" xfId="42" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Employé" xfId="26" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="Entrée" xfId="36" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Étiquette" xfId="27" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
     <cellStyle name="Insatisfaisant" xfId="34" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Milliers" xfId="28" builtinId="3" customBuiltin="1"/>
     <cellStyle name="Milliers [0]" xfId="29" builtinId="6" customBuiltin="1"/>
     <cellStyle name="Monétaire" xfId="30" builtinId="4" customBuiltin="1"/>
     <cellStyle name="Monétaire [0]" xfId="31" builtinId="7" customBuiltin="1"/>
     <cellStyle name="Neutre" xfId="35" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Pourcentage" xfId="32" builtinId="5" customBuiltin="1"/>
     <cellStyle name="Satisfaisant" xfId="33" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Sortie" xfId="37" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Texte explicatif" xfId="43" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Titre" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Titre 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Titre 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Titre 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Titre 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Total" xfId="25" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Vérification" xfId="40" builtinId="23" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="1315">
+  <dxfs count="1741">
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="1" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF00B050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="1" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF00B050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="1" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF00B050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="1" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF00B050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="1" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF00B050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0;0;"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="1" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF00B050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="166" formatCode="0;0;"/>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="166" formatCode="0;0;"/>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="166" formatCode="0;0;"/>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
@@ -8319,981 +10378,1269 @@
         <i val="0"/>
         <color auto="1"/>
       </font>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color theme="0"/>
         </left>
         <right/>
         <top style="thin">
           <color theme="0"/>
         </top>
         <bottom style="thin">
           <color theme="0"/>
         </bottom>
         <vertical style="thick">
           <color theme="0"/>
         </vertical>
         <horizontal style="thick">
           <color theme="0"/>
         </horizontal>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Tableau des absences des employés" pivot="0" count="9" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
-      <tableStyleElement type="wholeTable" dxfId="1314"/>
-[...7 lines deleted...]
-      <tableStyleElement type="lastTotalCell" dxfId="1306"/>
+      <tableStyleElement type="wholeTable" dxfId="1740"/>
+      <tableStyleElement type="headerRow" dxfId="1739"/>
+      <tableStyleElement type="totalRow" dxfId="1738"/>
+      <tableStyleElement type="firstRowStripe" dxfId="1737"/>
+      <tableStyleElement type="secondRowStripe" dxfId="1736"/>
+      <tableStyleElement type="firstHeaderCell" dxfId="1735"/>
+      <tableStyleElement type="lastHeaderCell" dxfId="1734"/>
+      <tableStyleElement type="firstTotalCell" dxfId="1733"/>
+      <tableStyleElement type="lastTotalCell" dxfId="1732"/>
     </tableStyle>
     <tableStyle name="Tableau des absences des employés 2" pivot="0" count="13" xr9:uid="{3374F2B5-EC6B-E245-A90B-F84953DFCF99}">
-      <tableStyleElement type="wholeTable" dxfId="1305"/>
-[...11 lines deleted...]
-      <tableStyleElement type="lastTotalCell" dxfId="1293"/>
+      <tableStyleElement type="wholeTable" dxfId="1731"/>
+      <tableStyleElement type="headerRow" dxfId="1730"/>
+      <tableStyleElement type="totalRow" dxfId="1729"/>
+      <tableStyleElement type="firstColumn" dxfId="1728"/>
+      <tableStyleElement type="lastColumn" dxfId="1727"/>
+      <tableStyleElement type="firstRowStripe" dxfId="1726"/>
+      <tableStyleElement type="secondRowStripe" dxfId="1725"/>
+      <tableStyleElement type="firstColumnStripe" dxfId="1724"/>
+      <tableStyleElement type="secondColumnStripe" dxfId="1723"/>
+      <tableStyleElement type="firstHeaderCell" dxfId="1722"/>
+      <tableStyleElement type="lastHeaderCell" dxfId="1721"/>
+      <tableStyleElement type="firstTotalCell" dxfId="1720"/>
+      <tableStyleElement type="lastTotalCell" dxfId="1719"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <person displayName="Comité 78" id="{0847D65E-16B1-4237-941E-9E24D6278D40}" userId="15b85b476efe1dc1" providerId="Windows Live"/>
 </personList>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Janvier" displayName="Janvier" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1290" dataDxfId="1289" totalsRowDxfId="1288">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Janvier" displayName="Janvier" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1716" dataDxfId="1715" totalsRowDxfId="1714">
   <autoFilter ref="B8:AH16" xr:uid="{00000000-0009-0000-0100-000003000000}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
     <filterColumn colId="7" hiddenButton="1"/>
     <filterColumn colId="8" hiddenButton="1"/>
     <filterColumn colId="9" hiddenButton="1"/>
     <filterColumn colId="10" hiddenButton="1"/>
     <filterColumn colId="11" hiddenButton="1"/>
     <filterColumn colId="12" hiddenButton="1"/>
     <filterColumn colId="13" hiddenButton="1"/>
     <filterColumn colId="14" hiddenButton="1"/>
     <filterColumn colId="15" hiddenButton="1"/>
     <filterColumn colId="16" hiddenButton="1"/>
     <filterColumn colId="17" hiddenButton="1"/>
     <filterColumn colId="18" hiddenButton="1"/>
     <filterColumn colId="19" hiddenButton="1"/>
     <filterColumn colId="20" hiddenButton="1"/>
     <filterColumn colId="21" hiddenButton="1"/>
     <filterColumn colId="22" hiddenButton="1"/>
     <filterColumn colId="23" hiddenButton="1"/>
     <filterColumn colId="24" hiddenButton="1"/>
     <filterColumn colId="25" hiddenButton="1"/>
     <filterColumn colId="26" hiddenButton="1"/>
     <filterColumn colId="27" hiddenButton="1"/>
     <filterColumn colId="28" hiddenButton="1"/>
     <filterColumn colId="29" hiddenButton="1"/>
     <filterColumn colId="30" hiddenButton="1"/>
     <filterColumn colId="31" hiddenButton="1"/>
     <filterColumn colId="32" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Materiel Comité" dataDxfId="1286" totalsRowDxfId="1287" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0000-000021000000}" name="Nombre de location" dataDxfId="1223" totalsRowDxfId="1224" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Materiel Comité" dataDxfId="1712" totalsRowDxfId="1713" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="1" dataDxfId="1710" totalsRowDxfId="1711" dataCellStyle="Total"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="2" dataDxfId="1708" totalsRowDxfId="1709" dataCellStyle="Total"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="3" dataDxfId="1706" totalsRowDxfId="1707" dataCellStyle="Total"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="4" dataDxfId="1704" totalsRowDxfId="1705" dataCellStyle="Total"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="5" totalsRowDxfId="1703" dataCellStyle="Total"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="6" dataDxfId="1701" totalsRowDxfId="1702" dataCellStyle="Total"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="7" dataDxfId="1699" totalsRowDxfId="1700" dataCellStyle="Total"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="8" dataDxfId="1697" totalsRowDxfId="1698" dataCellStyle="Total"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="9" dataDxfId="1695" totalsRowDxfId="1696" dataCellStyle="Total"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="10" dataDxfId="1693" totalsRowDxfId="1694" dataCellStyle="Total"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="11" dataDxfId="1691" totalsRowDxfId="1692" dataCellStyle="Total"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0000-00000D000000}" name="12" dataDxfId="1689" totalsRowDxfId="1690" dataCellStyle="Total"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="13" dataDxfId="1687" totalsRowDxfId="1688" dataCellStyle="Total"/>
+    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0000-00000F000000}" name="14" dataDxfId="1685" totalsRowDxfId="1686" dataCellStyle="Total"/>
+    <tableColumn id="16" xr3:uid="{00000000-0010-0000-0000-000010000000}" name="15" dataDxfId="1683" totalsRowDxfId="1684" dataCellStyle="Total"/>
+    <tableColumn id="17" xr3:uid="{00000000-0010-0000-0000-000011000000}" name="16" dataDxfId="1681" totalsRowDxfId="1682" dataCellStyle="Total"/>
+    <tableColumn id="18" xr3:uid="{00000000-0010-0000-0000-000012000000}" name="17" dataDxfId="1679" totalsRowDxfId="1680" dataCellStyle="Total"/>
+    <tableColumn id="19" xr3:uid="{00000000-0010-0000-0000-000013000000}" name="18" dataDxfId="1677" totalsRowDxfId="1678" dataCellStyle="Total"/>
+    <tableColumn id="20" xr3:uid="{00000000-0010-0000-0000-000014000000}" name="19" dataDxfId="1675" totalsRowDxfId="1676" dataCellStyle="Total"/>
+    <tableColumn id="21" xr3:uid="{00000000-0010-0000-0000-000015000000}" name="20" dataDxfId="1673" totalsRowDxfId="1674" dataCellStyle="Total"/>
+    <tableColumn id="22" xr3:uid="{00000000-0010-0000-0000-000016000000}" name="21" dataDxfId="1671" totalsRowDxfId="1672" dataCellStyle="Total"/>
+    <tableColumn id="23" xr3:uid="{00000000-0010-0000-0000-000017000000}" name="22" dataDxfId="1669" totalsRowDxfId="1670" dataCellStyle="Total"/>
+    <tableColumn id="24" xr3:uid="{00000000-0010-0000-0000-000018000000}" name="23" dataDxfId="1667" totalsRowDxfId="1668" dataCellStyle="Total"/>
+    <tableColumn id="25" xr3:uid="{00000000-0010-0000-0000-000019000000}" name="24" dataDxfId="1665" totalsRowDxfId="1666" dataCellStyle="Total"/>
+    <tableColumn id="26" xr3:uid="{00000000-0010-0000-0000-00001A000000}" name="25" dataDxfId="1663" totalsRowDxfId="1664" dataCellStyle="Total"/>
+    <tableColumn id="27" xr3:uid="{00000000-0010-0000-0000-00001B000000}" name="26" dataDxfId="1661" totalsRowDxfId="1662" dataCellStyle="Total"/>
+    <tableColumn id="28" xr3:uid="{00000000-0010-0000-0000-00001C000000}" name="27" dataDxfId="1659" totalsRowDxfId="1660" dataCellStyle="Total"/>
+    <tableColumn id="29" xr3:uid="{00000000-0010-0000-0000-00001D000000}" name="28" dataDxfId="1657" totalsRowDxfId="1658" dataCellStyle="Total"/>
+    <tableColumn id="30" xr3:uid="{00000000-0010-0000-0000-00001E000000}" name="29" dataDxfId="1655" totalsRowDxfId="1656" dataCellStyle="Total"/>
+    <tableColumn id="31" xr3:uid="{00000000-0010-0000-0000-00001F000000}" name="30" dataDxfId="1653" totalsRowDxfId="1654" dataCellStyle="Total"/>
+    <tableColumn id="32" xr3:uid="{00000000-0010-0000-0000-000020000000}" name="31" dataDxfId="1651" totalsRowDxfId="1652" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0000-000021000000}" name="Nombre de location" dataDxfId="1649" totalsRowDxfId="1650" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(Janvier!$C9:$AG9)</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table10.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="21" xr:uid="{00000000-000C-0000-FFFF-FFFF09000000}" name="Octobre" displayName="Octobre" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="650" dataDxfId="649" totalsRowDxfId="648">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="21" xr:uid="{00000000-000C-0000-FFFF-FFFF09000000}" name="Octobre" displayName="Octobre" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1076" dataDxfId="1075" totalsRowDxfId="1074">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0900-000001000000}" name="Materiel Comité" dataDxfId="646" totalsRowDxfId="647" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0900-000021000000}" name="Nombre de location" dataDxfId="582" totalsRowDxfId="583" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0900-000001000000}" name="Materiel Comité" dataDxfId="1072" totalsRowDxfId="1073" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0900-000002000000}" name="1" dataDxfId="1070" totalsRowDxfId="1071"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0900-000003000000}" name="2" dataDxfId="1068" totalsRowDxfId="1069"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0900-000004000000}" name="3" dataDxfId="1066" totalsRowDxfId="1067"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0900-000005000000}" name="4" dataDxfId="1064" totalsRowDxfId="1065"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0900-000006000000}" name="5" dataDxfId="1062" totalsRowDxfId="1063"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0900-000007000000}" name="6" dataDxfId="1060" totalsRowDxfId="1061"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0900-000008000000}" name="7" dataDxfId="1058" totalsRowDxfId="1059"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0900-000009000000}" name="8" dataDxfId="1056" totalsRowDxfId="1057"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0900-00000A000000}" name="9" dataDxfId="1054" totalsRowDxfId="1055"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0900-00000B000000}" name="10" dataDxfId="1052" totalsRowDxfId="1053"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0900-00000C000000}" name="11" dataDxfId="1050" totalsRowDxfId="1051"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0900-00000D000000}" name="12" dataDxfId="1048" totalsRowDxfId="1049"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0900-00000E000000}" name="13" dataDxfId="1046" totalsRowDxfId="1047"/>
+    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0900-00000F000000}" name="14" dataDxfId="1044" totalsRowDxfId="1045"/>
+    <tableColumn id="16" xr3:uid="{00000000-0010-0000-0900-000010000000}" name="15" dataDxfId="1042" totalsRowDxfId="1043"/>
+    <tableColumn id="17" xr3:uid="{00000000-0010-0000-0900-000011000000}" name="16" dataDxfId="1040" totalsRowDxfId="1041"/>
+    <tableColumn id="18" xr3:uid="{00000000-0010-0000-0900-000012000000}" name="17" dataDxfId="1038" totalsRowDxfId="1039"/>
+    <tableColumn id="19" xr3:uid="{00000000-0010-0000-0900-000013000000}" name="18" dataDxfId="1036" totalsRowDxfId="1037"/>
+    <tableColumn id="20" xr3:uid="{00000000-0010-0000-0900-000014000000}" name="19" dataDxfId="1034" totalsRowDxfId="1035"/>
+    <tableColumn id="21" xr3:uid="{00000000-0010-0000-0900-000015000000}" name="20" dataDxfId="1032" totalsRowDxfId="1033"/>
+    <tableColumn id="22" xr3:uid="{00000000-0010-0000-0900-000016000000}" name="21" dataDxfId="1030" totalsRowDxfId="1031"/>
+    <tableColumn id="23" xr3:uid="{00000000-0010-0000-0900-000017000000}" name="22" dataDxfId="1028" totalsRowDxfId="1029"/>
+    <tableColumn id="24" xr3:uid="{00000000-0010-0000-0900-000018000000}" name="23" dataDxfId="1026" totalsRowDxfId="1027"/>
+    <tableColumn id="25" xr3:uid="{00000000-0010-0000-0900-000019000000}" name="24" dataDxfId="1024" totalsRowDxfId="1025"/>
+    <tableColumn id="26" xr3:uid="{00000000-0010-0000-0900-00001A000000}" name="25" dataDxfId="1022" totalsRowDxfId="1023"/>
+    <tableColumn id="27" xr3:uid="{00000000-0010-0000-0900-00001B000000}" name="26" dataDxfId="1020" totalsRowDxfId="1021"/>
+    <tableColumn id="28" xr3:uid="{00000000-0010-0000-0900-00001C000000}" name="27" dataDxfId="1018" totalsRowDxfId="1019"/>
+    <tableColumn id="29" xr3:uid="{00000000-0010-0000-0900-00001D000000}" name="28" dataDxfId="1016" totalsRowDxfId="1017"/>
+    <tableColumn id="30" xr3:uid="{00000000-0010-0000-0900-00001E000000}" name="29" dataDxfId="1014" totalsRowDxfId="1015"/>
+    <tableColumn id="31" xr3:uid="{00000000-0010-0000-0900-00001F000000}" name="30" dataDxfId="1012" totalsRowDxfId="1013"/>
+    <tableColumn id="32" xr3:uid="{00000000-0010-0000-0900-000020000000}" name="31" dataDxfId="1010" totalsRowDxfId="1011" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0900-000021000000}" name="Nombre de location" dataDxfId="1008" totalsRowDxfId="1009" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(Octobre[[#This Row],[1]:[31]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table11.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="22" xr:uid="{00000000-000C-0000-FFFF-FFFF0A000000}" name="Novembre" displayName="Novembre" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="579" dataDxfId="578" totalsRowDxfId="577">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="22" xr:uid="{00000000-000C-0000-FFFF-FFFF0A000000}" name="Novembre" displayName="Novembre" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1005" dataDxfId="1004" totalsRowDxfId="1003">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0A00-000001000000}" name="Materiel Comité" dataDxfId="575" totalsRowDxfId="576" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0A00-000021000000}" name="Nombre de location" dataDxfId="511" totalsRowDxfId="512" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0A00-000001000000}" name="Materiel Comité" dataDxfId="1001" totalsRowDxfId="1002" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0A00-000002000000}" name="1" dataDxfId="999" totalsRowDxfId="1000"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0A00-000003000000}" name="2" dataDxfId="997" totalsRowDxfId="998"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0A00-000004000000}" name="3" dataDxfId="995" totalsRowDxfId="996"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0A00-000005000000}" name="4" dataDxfId="993" totalsRowDxfId="994"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0A00-000006000000}" name="5" dataDxfId="991" totalsRowDxfId="992"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0A00-000007000000}" name="6" dataDxfId="989" totalsRowDxfId="990"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0A00-000008000000}" name="7" dataDxfId="987" totalsRowDxfId="988"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0A00-000009000000}" name="8" dataDxfId="985" totalsRowDxfId="986"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0A00-00000A000000}" name="9" dataDxfId="983" totalsRowDxfId="984"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0A00-00000B000000}" name="10" dataDxfId="981" totalsRowDxfId="982"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0A00-00000C000000}" name="11" dataDxfId="979" totalsRowDxfId="980"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0A00-00000D000000}" name="12" dataDxfId="977" totalsRowDxfId="978"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0A00-00000E000000}" name="13" dataDxfId="975" totalsRowDxfId="976"/>
+    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0A00-00000F000000}" name="14" dataDxfId="973" totalsRowDxfId="974"/>
+    <tableColumn id="16" xr3:uid="{00000000-0010-0000-0A00-000010000000}" name="15" dataDxfId="971" totalsRowDxfId="972"/>
+    <tableColumn id="17" xr3:uid="{00000000-0010-0000-0A00-000011000000}" name="16" dataDxfId="969" totalsRowDxfId="970"/>
+    <tableColumn id="18" xr3:uid="{00000000-0010-0000-0A00-000012000000}" name="17" dataDxfId="967" totalsRowDxfId="968"/>
+    <tableColumn id="19" xr3:uid="{00000000-0010-0000-0A00-000013000000}" name="18" dataDxfId="965" totalsRowDxfId="966"/>
+    <tableColumn id="20" xr3:uid="{00000000-0010-0000-0A00-000014000000}" name="19" dataDxfId="963" totalsRowDxfId="964"/>
+    <tableColumn id="21" xr3:uid="{00000000-0010-0000-0A00-000015000000}" name="20" dataDxfId="961" totalsRowDxfId="962"/>
+    <tableColumn id="22" xr3:uid="{00000000-0010-0000-0A00-000016000000}" name="21" dataDxfId="959" totalsRowDxfId="960"/>
+    <tableColumn id="23" xr3:uid="{00000000-0010-0000-0A00-000017000000}" name="22" dataDxfId="957" totalsRowDxfId="958"/>
+    <tableColumn id="24" xr3:uid="{00000000-0010-0000-0A00-000018000000}" name="23" dataDxfId="955" totalsRowDxfId="956"/>
+    <tableColumn id="25" xr3:uid="{00000000-0010-0000-0A00-000019000000}" name="24" dataDxfId="953" totalsRowDxfId="954"/>
+    <tableColumn id="26" xr3:uid="{00000000-0010-0000-0A00-00001A000000}" name="25" dataDxfId="951" totalsRowDxfId="952"/>
+    <tableColumn id="27" xr3:uid="{00000000-0010-0000-0A00-00001B000000}" name="26" dataDxfId="949" totalsRowDxfId="950"/>
+    <tableColumn id="28" xr3:uid="{00000000-0010-0000-0A00-00001C000000}" name="27" dataDxfId="947" totalsRowDxfId="948"/>
+    <tableColumn id="29" xr3:uid="{00000000-0010-0000-0A00-00001D000000}" name="28" dataDxfId="945" totalsRowDxfId="946"/>
+    <tableColumn id="30" xr3:uid="{00000000-0010-0000-0A00-00001E000000}" name="29" dataDxfId="943" totalsRowDxfId="944"/>
+    <tableColumn id="31" xr3:uid="{00000000-0010-0000-0A00-00001F000000}" name="30" dataDxfId="941" totalsRowDxfId="942"/>
+    <tableColumn id="32" xr3:uid="{00000000-0010-0000-0A00-000020000000}" name=" " dataDxfId="939" totalsRowDxfId="940" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0A00-000021000000}" name="Nombre de location" dataDxfId="937" totalsRowDxfId="938" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(Novembre[[#This Row],[1]:[ ]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table12.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="12" xr:uid="{00000000-000C-0000-FFFF-FFFF0B000000}" name="Décembre" displayName="Décembre" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="496" dataDxfId="495" totalsRowDxfId="494">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="12" xr:uid="{00000000-000C-0000-FFFF-FFFF0B000000}" name="Décembre" displayName="Décembre" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="922" dataDxfId="921" totalsRowDxfId="920">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0B00-000001000000}" name="Materiel Comité" dataDxfId="492" totalsRowDxfId="493" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0B00-000021000000}" name="Nombre de location" dataDxfId="428" totalsRowDxfId="429" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0B00-000001000000}" name="Materiel Comité" dataDxfId="918" totalsRowDxfId="919" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0B00-000002000000}" name="1" dataDxfId="916" totalsRowDxfId="917"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0B00-000003000000}" name="2" dataDxfId="914" totalsRowDxfId="915"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0B00-000004000000}" name="3" dataDxfId="912" totalsRowDxfId="913"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0B00-000005000000}" name="4" dataDxfId="910" totalsRowDxfId="911"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0B00-000006000000}" name="5" dataDxfId="908" totalsRowDxfId="909"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0B00-000007000000}" name="6" dataDxfId="906" totalsRowDxfId="907"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0B00-000008000000}" name="7" dataDxfId="904" totalsRowDxfId="905"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0B00-000009000000}" name="8" dataDxfId="902" totalsRowDxfId="903"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0B00-00000A000000}" name="9" dataDxfId="900" totalsRowDxfId="901"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0B00-00000B000000}" name="10" dataDxfId="898" totalsRowDxfId="899"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0B00-00000C000000}" name="11" dataDxfId="896" totalsRowDxfId="897"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0B00-00000D000000}" name="12" dataDxfId="894" totalsRowDxfId="895"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0B00-00000E000000}" name="13" dataDxfId="892" totalsRowDxfId="893"/>
+    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0B00-00000F000000}" name="14" dataDxfId="890" totalsRowDxfId="891"/>
+    <tableColumn id="16" xr3:uid="{00000000-0010-0000-0B00-000010000000}" name="15" dataDxfId="888" totalsRowDxfId="889"/>
+    <tableColumn id="17" xr3:uid="{00000000-0010-0000-0B00-000011000000}" name="16" dataDxfId="886" totalsRowDxfId="887"/>
+    <tableColumn id="18" xr3:uid="{00000000-0010-0000-0B00-000012000000}" name="17" dataDxfId="884" totalsRowDxfId="885"/>
+    <tableColumn id="19" xr3:uid="{00000000-0010-0000-0B00-000013000000}" name="18" dataDxfId="882" totalsRowDxfId="883"/>
+    <tableColumn id="20" xr3:uid="{00000000-0010-0000-0B00-000014000000}" name="19" dataDxfId="880" totalsRowDxfId="881"/>
+    <tableColumn id="21" xr3:uid="{00000000-0010-0000-0B00-000015000000}" name="20" dataDxfId="878" totalsRowDxfId="879"/>
+    <tableColumn id="22" xr3:uid="{00000000-0010-0000-0B00-000016000000}" name="21" dataDxfId="876" totalsRowDxfId="877"/>
+    <tableColumn id="23" xr3:uid="{00000000-0010-0000-0B00-000017000000}" name="22" dataDxfId="874" totalsRowDxfId="875"/>
+    <tableColumn id="24" xr3:uid="{00000000-0010-0000-0B00-000018000000}" name="23" dataDxfId="872" totalsRowDxfId="873"/>
+    <tableColumn id="25" xr3:uid="{00000000-0010-0000-0B00-000019000000}" name="24" dataDxfId="870" totalsRowDxfId="871"/>
+    <tableColumn id="26" xr3:uid="{00000000-0010-0000-0B00-00001A000000}" name="25" dataDxfId="868" totalsRowDxfId="869"/>
+    <tableColumn id="27" xr3:uid="{00000000-0010-0000-0B00-00001B000000}" name="26" dataDxfId="866" totalsRowDxfId="867"/>
+    <tableColumn id="28" xr3:uid="{00000000-0010-0000-0B00-00001C000000}" name="27" dataDxfId="864" totalsRowDxfId="865"/>
+    <tableColumn id="29" xr3:uid="{00000000-0010-0000-0B00-00001D000000}" name="28" dataDxfId="862" totalsRowDxfId="863"/>
+    <tableColumn id="30" xr3:uid="{00000000-0010-0000-0B00-00001E000000}" name="29" dataDxfId="860" totalsRowDxfId="861"/>
+    <tableColumn id="31" xr3:uid="{00000000-0010-0000-0B00-00001F000000}" name="30" dataDxfId="858" totalsRowDxfId="859"/>
+    <tableColumn id="32" xr3:uid="{00000000-0010-0000-0B00-000020000000}" name="31" dataDxfId="856" totalsRowDxfId="857" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0B00-000021000000}" name="Nombre de location" dataDxfId="854" totalsRowDxfId="855" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(Décembre[[#This Row],[1]:[31]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Fournit une liste de noms et des dates de calendrier pour enregistrer les absences et motifs d’absence des employés (C= Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées)"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table13.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{9EE9F2C8-10A3-4BE3-8641-7F5A5867C41F}" name="Novembre26" displayName="Novembre26" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="423" dataDxfId="422" totalsRowDxfId="421">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{9EE9F2C8-10A3-4BE3-8641-7F5A5867C41F}" name="Novembre26" displayName="Novembre26" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="849" dataDxfId="848" totalsRowDxfId="847">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{20179B0D-70AC-4ADC-95E7-D61C809D5B41}" name="Materiel Comité" dataDxfId="419" totalsRowDxfId="420" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{81F912BB-D785-430F-B264-1E069E72803A}" name="Nombre de location" dataDxfId="355" totalsRowDxfId="356" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{20179B0D-70AC-4ADC-95E7-D61C809D5B41}" name="Materiel Comité" dataDxfId="845" totalsRowDxfId="846" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{F284F1C2-4586-4945-9BCC-9DEFFC3D2184}" name="1" dataDxfId="843" totalsRowDxfId="844"/>
+    <tableColumn id="3" xr3:uid="{CD5B07FB-BFBF-43A3-BD28-55F0D879136A}" name="2" dataDxfId="841" totalsRowDxfId="842"/>
+    <tableColumn id="4" xr3:uid="{220E67A3-320B-43FE-A6A3-441A7AE24A23}" name="3" dataDxfId="839" totalsRowDxfId="840"/>
+    <tableColumn id="5" xr3:uid="{C7BB5AA7-5943-4D22-84D4-C42D6485D5E9}" name="4" dataDxfId="837" totalsRowDxfId="838"/>
+    <tableColumn id="6" xr3:uid="{5BF153C6-8805-4C89-9EBB-70662BE36472}" name="5" dataDxfId="835" totalsRowDxfId="836"/>
+    <tableColumn id="7" xr3:uid="{4E88F227-FED0-47BA-988C-7CC7D527D915}" name="6" dataDxfId="833" totalsRowDxfId="834"/>
+    <tableColumn id="8" xr3:uid="{28F55E0D-CE59-45A2-AFBB-90350693DDFF}" name="7" dataDxfId="831" totalsRowDxfId="832"/>
+    <tableColumn id="9" xr3:uid="{C83FCAB0-6613-4024-BC17-38312B6B7DBC}" name="8" dataDxfId="829" totalsRowDxfId="830"/>
+    <tableColumn id="10" xr3:uid="{6241E12F-E901-468C-BDC5-287D9A37BDF0}" name="9" dataDxfId="827" totalsRowDxfId="828"/>
+    <tableColumn id="11" xr3:uid="{71A03651-8F14-4039-AA06-F4C31CF4C518}" name="10" dataDxfId="825" totalsRowDxfId="826"/>
+    <tableColumn id="12" xr3:uid="{26FEEFE9-86B5-471C-B1A0-9F280D3E8ACF}" name="11" dataDxfId="823" totalsRowDxfId="824"/>
+    <tableColumn id="13" xr3:uid="{C45077A4-B24A-4178-B9FF-C0FDD1888576}" name="12" dataDxfId="821" totalsRowDxfId="822"/>
+    <tableColumn id="14" xr3:uid="{C5CA8EFC-23D3-4FE2-910C-15EA0D8BB57D}" name="13" dataDxfId="819" totalsRowDxfId="820"/>
+    <tableColumn id="15" xr3:uid="{13298290-B20A-4865-A23D-4ADE3C2F036A}" name="14" dataDxfId="817" totalsRowDxfId="818"/>
+    <tableColumn id="16" xr3:uid="{C9AEFCF4-891F-434B-8D29-ACA07472D855}" name="15" dataDxfId="815" totalsRowDxfId="816"/>
+    <tableColumn id="17" xr3:uid="{15B2DB40-0736-4FF6-A012-7F49A184F70A}" name="16" dataDxfId="813" totalsRowDxfId="814"/>
+    <tableColumn id="18" xr3:uid="{9853E962-06EA-487F-839B-988999FB64C4}" name="17" dataDxfId="811" totalsRowDxfId="812"/>
+    <tableColumn id="19" xr3:uid="{CD6A6286-ECA6-416E-AF3E-9397F4ECEAB2}" name="18" dataDxfId="809" totalsRowDxfId="810"/>
+    <tableColumn id="20" xr3:uid="{83B0B2E7-0147-4031-93B7-39212E14BC75}" name="19" dataDxfId="807" totalsRowDxfId="808"/>
+    <tableColumn id="21" xr3:uid="{7929A6BC-C9D0-44F9-9979-F27E126F3978}" name="20" dataDxfId="805" totalsRowDxfId="806"/>
+    <tableColumn id="22" xr3:uid="{7EB56A46-4093-4C3C-9949-2C0F3694132F}" name="21" dataDxfId="803" totalsRowDxfId="804"/>
+    <tableColumn id="23" xr3:uid="{E253F68B-E9FC-4D73-B0B9-EF4D42D51FE6}" name="22" dataDxfId="801" totalsRowDxfId="802"/>
+    <tableColumn id="24" xr3:uid="{8C5FD4AE-B51F-4416-A704-9B9C95463EBD}" name="23" dataDxfId="799" totalsRowDxfId="800"/>
+    <tableColumn id="25" xr3:uid="{3088518A-9D39-436F-8CCD-AFB196AAD222}" name="24" dataDxfId="797" totalsRowDxfId="798"/>
+    <tableColumn id="26" xr3:uid="{1CA04E82-A9A9-4632-B267-11E6A08A4B09}" name="25" dataDxfId="795" totalsRowDxfId="796"/>
+    <tableColumn id="27" xr3:uid="{AEE0849F-6212-4E76-8EDB-D5E5707900AD}" name="26" dataDxfId="793" totalsRowDxfId="794"/>
+    <tableColumn id="28" xr3:uid="{0FA8EA4D-BB60-4A39-87D2-6B5808281F4C}" name="27" dataDxfId="791" totalsRowDxfId="792"/>
+    <tableColumn id="29" xr3:uid="{2DB49C71-13C9-40B8-A649-B6B01DFA8AA1}" name="28" dataDxfId="789" totalsRowDxfId="790"/>
+    <tableColumn id="30" xr3:uid="{FF21A152-C22E-4344-80F4-BD276B3B1E26}" name="29" dataDxfId="787" totalsRowDxfId="788"/>
+    <tableColumn id="31" xr3:uid="{86CC4AAA-80D4-410D-B795-0B1817D066D6}" name="30" dataDxfId="785" totalsRowDxfId="786"/>
+    <tableColumn id="32" xr3:uid="{1BA0D368-AC58-4D29-AA13-C59A2D47822B}" name="31" dataDxfId="783" totalsRowDxfId="784" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{81F912BB-D785-430F-B264-1E069E72803A}" name="Nombre de location" dataDxfId="781" totalsRowDxfId="782" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(Novembre26[[#This Row],[1]:[31]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table14.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{53794CCF-D49D-43DA-86DB-4CA8D901596E}" name="Novembre279" displayName="Novembre279" ref="B8:AE16" totalsRowShown="0" headerRowDxfId="346" dataDxfId="345" totalsRowDxfId="344">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{53794CCF-D49D-43DA-86DB-4CA8D901596E}" name="Novembre279" displayName="Novembre279" ref="B8:AE16" totalsRowShown="0" headerRowDxfId="772" dataDxfId="771" totalsRowDxfId="770">
   <tableColumns count="30">
-    <tableColumn id="1" xr3:uid="{9031F21D-C191-4652-A840-6734C8A22DDC}" name="Materiel Comité" dataDxfId="342" totalsRowDxfId="343" dataCellStyle="Employé"/>
-[...28 lines deleted...]
-    <tableColumn id="33" xr3:uid="{E3C954DE-7DFB-454F-9611-5C6A8A915005}" name="Nombre de location" dataDxfId="284" totalsRowDxfId="285" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{9031F21D-C191-4652-A840-6734C8A22DDC}" name="Materiel Comité" dataDxfId="768" totalsRowDxfId="769" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{ED96E899-9C06-4F35-B8AD-4958B6E95AFD}" name="1" dataDxfId="766" totalsRowDxfId="767"/>
+    <tableColumn id="3" xr3:uid="{97B22820-905D-41E6-A0CB-F3C70936CBEA}" name="2" dataDxfId="764" totalsRowDxfId="765"/>
+    <tableColumn id="4" xr3:uid="{605AE344-7FCE-4FD5-AFFA-B440BAC20D73}" name="3" dataDxfId="762" totalsRowDxfId="763"/>
+    <tableColumn id="5" xr3:uid="{7C68AD14-5A3F-47D7-B224-349634B4D764}" name="4" dataDxfId="760" totalsRowDxfId="761"/>
+    <tableColumn id="6" xr3:uid="{9905FF85-A330-43F8-964D-3B73F22D3C9D}" name="5" dataDxfId="758" totalsRowDxfId="759"/>
+    <tableColumn id="7" xr3:uid="{021AD6DF-5EEA-448E-BDCC-2B4B36E5ADEE}" name="6" dataDxfId="756" totalsRowDxfId="757"/>
+    <tableColumn id="8" xr3:uid="{E51813CF-4871-45C0-8424-2FBADB6DCD47}" name="7" dataDxfId="754" totalsRowDxfId="755"/>
+    <tableColumn id="9" xr3:uid="{082105F2-4B24-468C-8C5C-D599D1B82E66}" name="8" dataDxfId="752" totalsRowDxfId="753"/>
+    <tableColumn id="10" xr3:uid="{2BECAED8-7228-4BFB-8240-9D209BFBAD98}" name="9" dataDxfId="750" totalsRowDxfId="751"/>
+    <tableColumn id="11" xr3:uid="{662EDF82-419A-4788-B86F-723E9C4470F8}" name="10" dataDxfId="748" totalsRowDxfId="749"/>
+    <tableColumn id="12" xr3:uid="{8FF0E239-8E9F-4263-A8A2-7371E4063CF7}" name="11" dataDxfId="746" totalsRowDxfId="747"/>
+    <tableColumn id="13" xr3:uid="{8D858AA0-90C7-4C3F-BF25-45D6F30AA62A}" name="12" dataDxfId="744" totalsRowDxfId="745"/>
+    <tableColumn id="14" xr3:uid="{37970908-5EFB-4B80-A267-F30E5A65D221}" name="13" dataDxfId="742" totalsRowDxfId="743"/>
+    <tableColumn id="15" xr3:uid="{DD5E7C77-D2E1-485C-891B-93C88FB1A74A}" name="14" dataDxfId="740" totalsRowDxfId="741"/>
+    <tableColumn id="16" xr3:uid="{F59A84DA-EC3E-4918-82DD-D2880499DA4E}" name="15" dataDxfId="738" totalsRowDxfId="739"/>
+    <tableColumn id="17" xr3:uid="{0EFAD067-614F-44CF-9C28-DD6DB98BC08D}" name="16" dataDxfId="736" totalsRowDxfId="737"/>
+    <tableColumn id="18" xr3:uid="{98E9A59B-8140-45D6-BE4F-06392404CAA2}" name="17" dataDxfId="734" totalsRowDxfId="735"/>
+    <tableColumn id="19" xr3:uid="{926F1635-04CC-40E9-A78F-5CED95B5672E}" name="18" dataDxfId="732" totalsRowDxfId="733"/>
+    <tableColumn id="20" xr3:uid="{CF49A70B-DF6B-44E0-AD93-565EC85E4F3C}" name="19" dataDxfId="730" totalsRowDxfId="731"/>
+    <tableColumn id="21" xr3:uid="{EC68DA6A-0D99-4247-858B-D5120474A027}" name="20" dataDxfId="728" totalsRowDxfId="729"/>
+    <tableColumn id="22" xr3:uid="{9FC8B865-D8CC-4229-AEDF-733DAFDFE8AE}" name="21" dataDxfId="726" totalsRowDxfId="727"/>
+    <tableColumn id="23" xr3:uid="{767BBB83-D1CB-45E9-85DD-8BC168D4BF5C}" name="22" dataDxfId="724" totalsRowDxfId="725"/>
+    <tableColumn id="24" xr3:uid="{2573BA29-B77F-4B3D-9231-7A437C6BC75A}" name="23" dataDxfId="722" totalsRowDxfId="723"/>
+    <tableColumn id="25" xr3:uid="{4B8D9C03-A7EA-4C50-BC21-C85C7BA5CF82}" name="24" dataDxfId="720" totalsRowDxfId="721"/>
+    <tableColumn id="26" xr3:uid="{84A9D8CD-2A42-4B70-B9F0-F714F5452CDE}" name="25" dataDxfId="718" totalsRowDxfId="719"/>
+    <tableColumn id="27" xr3:uid="{A88B3631-B494-495D-B1A1-5DE8A9FC707C}" name="26" dataDxfId="716" totalsRowDxfId="717"/>
+    <tableColumn id="28" xr3:uid="{1F45FEE8-8BCF-45F4-9876-A240E063281A}" name="27" dataDxfId="714" totalsRowDxfId="715"/>
+    <tableColumn id="29" xr3:uid="{D8E513C0-9B5D-49C7-8357-61A5B5D98DB8}" name="28" dataDxfId="712" totalsRowDxfId="713"/>
+    <tableColumn id="33" xr3:uid="{E3C954DE-7DFB-454F-9611-5C6A8A915005}" name="Nombre de location" dataDxfId="710" totalsRowDxfId="711" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(#REF!)</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table15.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{2C91E8BC-64C2-4675-9F21-6F2D37E610A2}" name="Novembre271011" displayName="Novembre271011" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="281" dataDxfId="280" totalsRowDxfId="279">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{2C91E8BC-64C2-4675-9F21-6F2D37E610A2}" name="Novembre271011" displayName="Novembre271011" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="707" dataDxfId="706" totalsRowDxfId="705">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{2ECC59CC-043D-4285-B653-D78B8E18BAE9}" name="Materiel Comité" dataDxfId="277" totalsRowDxfId="278" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{778F8144-4B44-4287-9D44-8025FBC858B8}" name="Nombre de location" dataDxfId="213" totalsRowDxfId="214" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{2ECC59CC-043D-4285-B653-D78B8E18BAE9}" name="Materiel Comité" dataDxfId="703" totalsRowDxfId="704" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{7B9DB7B7-45EF-4C97-8F39-AB3EF2A53369}" name="1" dataDxfId="701" totalsRowDxfId="702"/>
+    <tableColumn id="3" xr3:uid="{C19570A7-2C6D-4D91-8DC4-EA5C646E40DF}" name="2" dataDxfId="699" totalsRowDxfId="700"/>
+    <tableColumn id="4" xr3:uid="{14C8E249-4C2E-4C8A-AEB6-9C7545C6F923}" name="3" dataDxfId="697" totalsRowDxfId="698"/>
+    <tableColumn id="5" xr3:uid="{E81504E4-0B84-4926-B187-1A72ED83A94E}" name="4" dataDxfId="695" totalsRowDxfId="696"/>
+    <tableColumn id="6" xr3:uid="{CF13A8BF-5A8F-4566-A3D5-5329B46B0D5A}" name="5" dataDxfId="693" totalsRowDxfId="694"/>
+    <tableColumn id="7" xr3:uid="{594E6C8A-F203-4055-AC8D-C03A6A0F3D0E}" name="6" dataDxfId="691" totalsRowDxfId="692"/>
+    <tableColumn id="8" xr3:uid="{AB60FE41-B3DE-4F0F-9A55-979712951BEA}" name="7" dataDxfId="689" totalsRowDxfId="690"/>
+    <tableColumn id="9" xr3:uid="{8C4758DF-D588-4CC9-9734-B50E46934432}" name="8" dataDxfId="687" totalsRowDxfId="688"/>
+    <tableColumn id="10" xr3:uid="{0E6F528B-F575-4692-B6D2-DB86AC44C836}" name="9" dataDxfId="685" totalsRowDxfId="686"/>
+    <tableColumn id="11" xr3:uid="{E3393738-6026-4345-8BC7-978289BF49C9}" name="10" dataDxfId="683" totalsRowDxfId="684"/>
+    <tableColumn id="12" xr3:uid="{D40FB21D-CBEF-4D69-B906-7E690F9F7299}" name="11" dataDxfId="681" totalsRowDxfId="682"/>
+    <tableColumn id="13" xr3:uid="{60A5AE31-D1F0-44CC-9BCC-52EE6039CF3C}" name="12" dataDxfId="679" totalsRowDxfId="680"/>
+    <tableColumn id="14" xr3:uid="{D5CC3883-8920-4041-86EE-E82F35BD4FDD}" name="13" dataDxfId="677" totalsRowDxfId="678"/>
+    <tableColumn id="15" xr3:uid="{6FA8369C-E401-4BAF-913E-32B3E97790B9}" name="14" dataDxfId="675" totalsRowDxfId="676"/>
+    <tableColumn id="16" xr3:uid="{21A6DAE7-DDB3-4D5E-8405-445FBC786034}" name="15" dataDxfId="673" totalsRowDxfId="674"/>
+    <tableColumn id="17" xr3:uid="{AB439654-EB05-4039-B565-2AEE12F6B78E}" name="16" dataDxfId="671" totalsRowDxfId="672"/>
+    <tableColumn id="18" xr3:uid="{041263BF-B4B6-4EB6-925A-D75BB570B17A}" name="17" dataDxfId="669" totalsRowDxfId="670"/>
+    <tableColumn id="19" xr3:uid="{D721CADF-9625-49C2-9AB9-3D55BE009C32}" name="18" dataDxfId="667" totalsRowDxfId="668"/>
+    <tableColumn id="20" xr3:uid="{C5473D25-F070-438A-8161-C7EFAA028BAE}" name="19" dataDxfId="665" totalsRowDxfId="666"/>
+    <tableColumn id="21" xr3:uid="{D4F8086B-16B4-4251-BA21-FFCCD85CD73A}" name="20" dataDxfId="663" totalsRowDxfId="664"/>
+    <tableColumn id="22" xr3:uid="{28FB3659-9E66-4D11-A710-D739F1E50145}" name="21" dataDxfId="661" totalsRowDxfId="662"/>
+    <tableColumn id="23" xr3:uid="{17FCC218-8461-4033-B704-CC860335A788}" name="22" dataDxfId="659" totalsRowDxfId="660"/>
+    <tableColumn id="24" xr3:uid="{FFE54375-17A0-4483-AF02-854D5093B120}" name="23" dataDxfId="657" totalsRowDxfId="658"/>
+    <tableColumn id="25" xr3:uid="{AAD1E57B-D388-4FED-BE7F-B611B15BB529}" name="24" dataDxfId="655" totalsRowDxfId="656"/>
+    <tableColumn id="26" xr3:uid="{4B1701FC-FD50-4C5D-9657-659594D88C98}" name="25" dataDxfId="653" totalsRowDxfId="654"/>
+    <tableColumn id="27" xr3:uid="{590624DE-C0FD-4D29-A2A9-F33C9EA5FAA3}" name="26" dataDxfId="651" totalsRowDxfId="652"/>
+    <tableColumn id="28" xr3:uid="{8678F438-7789-4B9A-9032-36E9534E2A0D}" name="27" dataDxfId="649" totalsRowDxfId="650"/>
+    <tableColumn id="29" xr3:uid="{CF0E8432-1BAE-4CD6-94D6-5700E7D6DB9A}" name="28" dataDxfId="647" totalsRowDxfId="648"/>
+    <tableColumn id="30" xr3:uid="{A4C0E3AF-22A8-4F10-9A32-D861CD1E5D60}" name="29" dataDxfId="645" totalsRowDxfId="646"/>
+    <tableColumn id="31" xr3:uid="{638BAFE6-0AE8-41AA-AB1F-BD2979264991}" name="30" dataDxfId="643" totalsRowDxfId="644"/>
+    <tableColumn id="32" xr3:uid="{C2E9A307-6678-4EAB-B878-AF9D09D1E463}" name="31" dataDxfId="641" totalsRowDxfId="642" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{778F8144-4B44-4287-9D44-8025FBC858B8}" name="Nombre de location" dataDxfId="639" totalsRowDxfId="640" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(Novembre271011[[#This Row],[1]:[31]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table16.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{98068C81-0F85-4A1B-BD69-2087BAF02963}" name="Novembre2710" displayName="Novembre2710" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="210" dataDxfId="209" totalsRowDxfId="208">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{98068C81-0F85-4A1B-BD69-2087BAF02963}" name="Novembre2710" displayName="Novembre2710" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="636" dataDxfId="635" totalsRowDxfId="634">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{3E54462B-1BC1-4FAD-9E99-BB78D9ECB2F1}" name="Materiel Comité" dataDxfId="206" totalsRowDxfId="207" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{807CE143-5959-4324-881F-F3DBBB58949F}" name="Nombre de location" dataDxfId="142" totalsRowDxfId="143" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{3E54462B-1BC1-4FAD-9E99-BB78D9ECB2F1}" name="Materiel Comité" dataDxfId="632" totalsRowDxfId="633" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{97F4AADB-2AF9-4FA5-8F83-2D1F97FFF318}" name="1" dataDxfId="630" totalsRowDxfId="631"/>
+    <tableColumn id="3" xr3:uid="{8B9233AC-E61B-4F6B-9A5A-8C87DA8C9AF2}" name="2" dataDxfId="628" totalsRowDxfId="629"/>
+    <tableColumn id="4" xr3:uid="{BD8E5F05-754E-4A14-910E-13FE8FB7C924}" name="3" dataDxfId="626" totalsRowDxfId="627"/>
+    <tableColumn id="5" xr3:uid="{1FAA24FE-7EBD-4DB2-8722-F22DBE73A4C6}" name="4" dataDxfId="624" totalsRowDxfId="625"/>
+    <tableColumn id="6" xr3:uid="{3FA9D4CB-9F9A-401A-B388-F14511DC60CA}" name="5" dataDxfId="622" totalsRowDxfId="623"/>
+    <tableColumn id="7" xr3:uid="{DB6B0AFB-22BE-4A22-BEE5-3D46AC5436F4}" name="6" dataDxfId="620" totalsRowDxfId="621"/>
+    <tableColumn id="8" xr3:uid="{3A6026E6-96F6-4501-B26F-F053BDC37AAB}" name="7" dataDxfId="618" totalsRowDxfId="619"/>
+    <tableColumn id="9" xr3:uid="{9F23CC05-3E4F-4D88-9A33-6C869274E78B}" name="8" dataDxfId="616" totalsRowDxfId="617"/>
+    <tableColumn id="10" xr3:uid="{9E1198C7-F91A-47CF-8896-E84F0F0CF070}" name="9" dataDxfId="614" totalsRowDxfId="615"/>
+    <tableColumn id="11" xr3:uid="{A8DBA491-8472-465D-9EAE-D28E5619B8F8}" name="10" dataDxfId="612" totalsRowDxfId="613"/>
+    <tableColumn id="12" xr3:uid="{04DD2D0F-8DD0-4BBF-8DAE-9D401BBF7150}" name="11" dataDxfId="610" totalsRowDxfId="611"/>
+    <tableColumn id="13" xr3:uid="{0EDF1C1C-F914-4738-A705-A293B74EC1FF}" name="12" dataDxfId="608" totalsRowDxfId="609"/>
+    <tableColumn id="14" xr3:uid="{9913A4AA-FD04-4D27-B7C4-8A3004CB3DB6}" name="13" dataDxfId="606" totalsRowDxfId="607"/>
+    <tableColumn id="15" xr3:uid="{D4D76B5E-AE71-49FC-86B8-3814148D6D86}" name="14" dataDxfId="604" totalsRowDxfId="605"/>
+    <tableColumn id="16" xr3:uid="{0C145AE1-0B63-42A0-A205-92CE31213950}" name="15" dataDxfId="602" totalsRowDxfId="603"/>
+    <tableColumn id="17" xr3:uid="{E29E7E0F-3FB3-4FA2-82AE-07E5A3E75732}" name="16" dataDxfId="600" totalsRowDxfId="601"/>
+    <tableColumn id="18" xr3:uid="{6B5CF43B-C069-46C1-9B37-23B0B3F56EA8}" name="17" dataDxfId="598" totalsRowDxfId="599"/>
+    <tableColumn id="19" xr3:uid="{A430711F-9A75-4054-8A23-E8D4A72BEDF2}" name="18" dataDxfId="596" totalsRowDxfId="597"/>
+    <tableColumn id="20" xr3:uid="{680C1610-37FD-47C8-AC68-298EC5A9C22D}" name="19" dataDxfId="594" totalsRowDxfId="595"/>
+    <tableColumn id="21" xr3:uid="{9C4C41C5-AA4A-46A9-8011-50BCE0E46948}" name="20" dataDxfId="592" totalsRowDxfId="593"/>
+    <tableColumn id="22" xr3:uid="{8877BCA8-E2DC-4055-9AA2-705B8701329D}" name="21" dataDxfId="590" totalsRowDxfId="591"/>
+    <tableColumn id="23" xr3:uid="{12C17E8E-EB9A-4788-80A4-4A1883079BCC}" name="22" dataDxfId="588" totalsRowDxfId="589"/>
+    <tableColumn id="24" xr3:uid="{ECB4242B-502F-4139-83F0-8D974A5CCAC8}" name="23" dataDxfId="586" totalsRowDxfId="587"/>
+    <tableColumn id="25" xr3:uid="{CE8BA00D-762F-487D-90FB-964ADA1676D5}" name="24" dataDxfId="584" totalsRowDxfId="585"/>
+    <tableColumn id="26" xr3:uid="{6363E434-8800-492A-987E-F3756615A7AF}" name="25" dataDxfId="582" totalsRowDxfId="583"/>
+    <tableColumn id="27" xr3:uid="{F384D515-BDF0-45DA-86F7-1B64A33FD043}" name="26" dataDxfId="580" totalsRowDxfId="581"/>
+    <tableColumn id="28" xr3:uid="{AB772BFA-761A-438E-9859-8EF8475E7A71}" name="27" dataDxfId="578" totalsRowDxfId="579"/>
+    <tableColumn id="29" xr3:uid="{D5AC1BFC-6E53-446F-AFC9-A7E4CAC8686D}" name="28" dataDxfId="576" totalsRowDxfId="577"/>
+    <tableColumn id="30" xr3:uid="{EE4127B2-61F8-44E1-9F51-B3D9276E918F}" name="29" dataDxfId="574" totalsRowDxfId="575"/>
+    <tableColumn id="31" xr3:uid="{EAABADDB-8E30-4893-A630-0210DA9ECECE}" name="30" dataDxfId="572" totalsRowDxfId="573"/>
+    <tableColumn id="32" xr3:uid="{525E195B-D830-45F8-A479-C385B272FCAE}" name=" " dataDxfId="570" totalsRowDxfId="571" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{807CE143-5959-4324-881F-F3DBBB58949F}" name="Nombre de location" dataDxfId="568" totalsRowDxfId="569" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(Novembre2710[[#This Row],[1]:[ ]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table17.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{2918549C-F7FC-483B-925F-C69CF7C507A2}" name="Novembre27" displayName="Novembre27" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="139" dataDxfId="138" totalsRowDxfId="137">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{2918549C-F7FC-483B-925F-C69CF7C507A2}" name="Novembre27" displayName="Novembre27" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="565" dataDxfId="564" totalsRowDxfId="563">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{8A88C4FD-3675-40A4-969E-E608484AD513}" name="Materiel Comité" dataDxfId="135" totalsRowDxfId="136" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{714F2342-1CCD-4E61-8268-D27CD63B9CFF}" name="Nombre de location" dataDxfId="71" totalsRowDxfId="72" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{8A88C4FD-3675-40A4-969E-E608484AD513}" name="Materiel Comité" dataDxfId="561" totalsRowDxfId="562" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{58E82FB6-5C34-431C-9776-B860B99E9614}" name="1" dataDxfId="559" totalsRowDxfId="560"/>
+    <tableColumn id="3" xr3:uid="{B48C53E5-E56A-425B-923D-7A32752339BE}" name="2" dataDxfId="557" totalsRowDxfId="558"/>
+    <tableColumn id="4" xr3:uid="{2FDCE46D-CA26-48F1-8284-6A9604337C0B}" name="3" dataDxfId="555" totalsRowDxfId="556"/>
+    <tableColumn id="5" xr3:uid="{88B7D61D-9CD9-4AFB-AAB0-E206B09FF433}" name="4" dataDxfId="553" totalsRowDxfId="554"/>
+    <tableColumn id="6" xr3:uid="{0DAA72CD-9C46-44C6-A3A9-C043CC903AD0}" name="5" dataDxfId="551" totalsRowDxfId="552"/>
+    <tableColumn id="7" xr3:uid="{87F945E0-3EA2-4174-B3AE-B588EC42F6E5}" name="6" dataDxfId="549" totalsRowDxfId="550"/>
+    <tableColumn id="8" xr3:uid="{26AEDEB5-86FE-4119-80A6-4BD425945690}" name="7" dataDxfId="547" totalsRowDxfId="548"/>
+    <tableColumn id="9" xr3:uid="{4E76ED81-2094-43AD-AB42-E632374CC1FE}" name="8" dataDxfId="545" totalsRowDxfId="546"/>
+    <tableColumn id="10" xr3:uid="{8679FF61-BAE7-438A-8181-9B9E0944E349}" name="9" dataDxfId="543" totalsRowDxfId="544"/>
+    <tableColumn id="11" xr3:uid="{D830F1BC-F335-42E1-91D1-1D63AC74C622}" name="10" dataDxfId="541" totalsRowDxfId="542"/>
+    <tableColumn id="12" xr3:uid="{DA27AE05-2731-435D-97DA-B27835012DE0}" name="11" dataDxfId="539" totalsRowDxfId="540"/>
+    <tableColumn id="13" xr3:uid="{5CFAB6E5-E1B2-4ADE-82B9-09AFD2BFE72B}" name="12" dataDxfId="537" totalsRowDxfId="538"/>
+    <tableColumn id="14" xr3:uid="{21B4C91B-6B13-4C36-95AB-0C6F2998460E}" name="13" dataDxfId="535" totalsRowDxfId="536"/>
+    <tableColumn id="15" xr3:uid="{E2037EED-686B-4A8B-BEB4-611868394BD1}" name="14" dataDxfId="533" totalsRowDxfId="534"/>
+    <tableColumn id="16" xr3:uid="{4C3E4125-41F9-440C-B88C-A36C7E1B5CB6}" name="15" dataDxfId="531" totalsRowDxfId="532"/>
+    <tableColumn id="17" xr3:uid="{CCE6717A-56DF-443C-8390-CFA302DAE942}" name="16" dataDxfId="529" totalsRowDxfId="530"/>
+    <tableColumn id="18" xr3:uid="{AFD4D0E7-1B50-4FAB-BAC9-F8169FFC57AC}" name="17" dataDxfId="527" totalsRowDxfId="528"/>
+    <tableColumn id="19" xr3:uid="{A7E7F864-AE8C-4F88-879A-147CFC888383}" name="18" dataDxfId="525" totalsRowDxfId="526"/>
+    <tableColumn id="20" xr3:uid="{5938D17B-B5A5-4784-AA2A-B13D73C84C06}" name="19" dataDxfId="523" totalsRowDxfId="524"/>
+    <tableColumn id="21" xr3:uid="{789338E5-C80E-42CC-B634-D51FBBC462BC}" name="20" dataDxfId="521" totalsRowDxfId="522"/>
+    <tableColumn id="22" xr3:uid="{DCB917A5-B7B4-491A-91EC-F684B3724A87}" name="21" dataDxfId="519" totalsRowDxfId="520"/>
+    <tableColumn id="23" xr3:uid="{B318EE92-6759-4E60-B082-34BDB2CBF986}" name="22" dataDxfId="517" totalsRowDxfId="518"/>
+    <tableColumn id="24" xr3:uid="{66AA0EA2-80C8-42CB-B112-C662ED473D84}" name="23" dataDxfId="515" totalsRowDxfId="516"/>
+    <tableColumn id="25" xr3:uid="{41D31F2E-F262-4686-B116-700A926CBA6D}" name="24" dataDxfId="513" totalsRowDxfId="514"/>
+    <tableColumn id="26" xr3:uid="{D4EB36AE-6165-452D-9370-16BD687E5D02}" name="25" dataDxfId="511" totalsRowDxfId="512"/>
+    <tableColumn id="27" xr3:uid="{D3F54B65-A75F-4CD8-9BD4-E238BDB986F3}" name="26" dataDxfId="509" totalsRowDxfId="510"/>
+    <tableColumn id="28" xr3:uid="{1E1563F2-D394-415A-9649-26CD4400D866}" name="27" dataDxfId="507" totalsRowDxfId="508"/>
+    <tableColumn id="29" xr3:uid="{493F4304-699A-4D74-AFF1-7DC64257E61D}" name="28" dataDxfId="505" totalsRowDxfId="506"/>
+    <tableColumn id="30" xr3:uid="{22793F79-6C72-4091-8AB0-C370C2D57B1D}" name="29" dataDxfId="503" totalsRowDxfId="504"/>
+    <tableColumn id="31" xr3:uid="{AA951BF6-0D74-4919-81CC-233562AB38E9}" name="30" dataDxfId="501" totalsRowDxfId="502"/>
+    <tableColumn id="32" xr3:uid="{12F6E90C-62EE-4074-B12C-2DFEF604EB1B}" name="31" dataDxfId="499" totalsRowDxfId="500" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{714F2342-1CCD-4E61-8268-D27CD63B9CFF}" name="Nombre de location" dataDxfId="497" totalsRowDxfId="498" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(Novembre27[[#This Row],[1]:[31]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table18.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D239CDC9-240A-4CAA-B291-586DE7569DC5}" name="Novembre2" displayName="Novembre2" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="68" dataDxfId="67" totalsRowDxfId="66">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D239CDC9-240A-4CAA-B291-586DE7569DC5}" name="Novembre2" displayName="Novembre2" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="494" dataDxfId="493" totalsRowDxfId="492">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{F0A75740-2360-429C-8881-79A6B8008A79}" name="Materiel Comité" dataDxfId="64" totalsRowDxfId="65" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{09368FDC-F89E-426A-8B69-E0D53080393B}" name="Nombre de location" dataDxfId="0" totalsRowDxfId="1" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{F0A75740-2360-429C-8881-79A6B8008A79}" name="Materiel Comité" dataDxfId="490" totalsRowDxfId="491" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{3CA03655-A195-434F-B6A8-EE0FAABB763D}" name="1" dataDxfId="488" totalsRowDxfId="489"/>
+    <tableColumn id="3" xr3:uid="{723B639E-67C6-4108-AAB8-79D4FCED84EF}" name="2" dataDxfId="486" totalsRowDxfId="487"/>
+    <tableColumn id="4" xr3:uid="{4690C8A8-A955-4F77-8CCA-04A0CF0950EA}" name="3" dataDxfId="484" totalsRowDxfId="485"/>
+    <tableColumn id="5" xr3:uid="{1E18FAE3-82F2-497B-B23D-79006C4ABE19}" name="4" dataDxfId="482" totalsRowDxfId="483"/>
+    <tableColumn id="6" xr3:uid="{D84FFEE4-B0A2-4CD3-83E4-4C0D45AC8FBC}" name="5" dataDxfId="480" totalsRowDxfId="481"/>
+    <tableColumn id="7" xr3:uid="{8FC6EBF2-D867-4B25-9A19-C3CEFC780024}" name="6" dataDxfId="478" totalsRowDxfId="479"/>
+    <tableColumn id="8" xr3:uid="{527C2CFB-229C-4FBC-9C4B-78710C40819F}" name="7" dataDxfId="476" totalsRowDxfId="477"/>
+    <tableColumn id="9" xr3:uid="{29089CAC-5DEB-4110-98F5-3F29227C00D0}" name="8" dataDxfId="474" totalsRowDxfId="475"/>
+    <tableColumn id="10" xr3:uid="{FC6A8AC9-38A9-47CF-9B88-D0D4A04306BF}" name="9" dataDxfId="472" totalsRowDxfId="473"/>
+    <tableColumn id="11" xr3:uid="{A7DB3FC3-3AEA-4D8F-8000-F5A8EC8FE252}" name="10" dataDxfId="470" totalsRowDxfId="471"/>
+    <tableColumn id="12" xr3:uid="{0EFFB0AD-D19D-47D6-95D8-3F53BA695A38}" name="11" dataDxfId="468" totalsRowDxfId="469"/>
+    <tableColumn id="13" xr3:uid="{26EA2D5C-9AD6-402F-B16F-ACC83B47FADF}" name="12" dataDxfId="466" totalsRowDxfId="467"/>
+    <tableColumn id="14" xr3:uid="{DE5A35DF-2E34-4C3D-80AF-4049CEE4B2C2}" name="13" dataDxfId="464" totalsRowDxfId="465"/>
+    <tableColumn id="15" xr3:uid="{24AE2F74-68FC-45B7-BEA7-B563AE62AB57}" name="14" dataDxfId="462" totalsRowDxfId="463"/>
+    <tableColumn id="16" xr3:uid="{D8D52C38-0381-4EB7-ADCD-D4FDA86838C5}" name="15" dataDxfId="460" totalsRowDxfId="461"/>
+    <tableColumn id="17" xr3:uid="{1FDD1992-753C-480C-AECA-D6474DC97004}" name="16" dataDxfId="458" totalsRowDxfId="459"/>
+    <tableColumn id="18" xr3:uid="{0E8E55C5-E1C6-4946-8522-C2F4D14D4DC0}" name="17" dataDxfId="456" totalsRowDxfId="457"/>
+    <tableColumn id="19" xr3:uid="{0F67CC7F-C2BC-4E09-A34A-832641A32821}" name="18" dataDxfId="454" totalsRowDxfId="455"/>
+    <tableColumn id="20" xr3:uid="{FDF2A09D-1827-49D3-8703-5737C2C05ECC}" name="19" dataDxfId="452" totalsRowDxfId="453"/>
+    <tableColumn id="21" xr3:uid="{FC1ABCC5-67DB-4A4A-AEC1-0BF3900E9CDB}" name="20" dataDxfId="450" totalsRowDxfId="451"/>
+    <tableColumn id="22" xr3:uid="{5B31AD53-AFCF-42F2-A29D-6672568FB145}" name="21" dataDxfId="448" totalsRowDxfId="449"/>
+    <tableColumn id="23" xr3:uid="{55C49225-1F41-4BD4-A6B2-327977CE1A92}" name="22" dataDxfId="446" totalsRowDxfId="447"/>
+    <tableColumn id="24" xr3:uid="{4894E424-54DF-41C7-80C2-341E79FC6E63}" name="23" dataDxfId="444" totalsRowDxfId="445"/>
+    <tableColumn id="25" xr3:uid="{AB70D06F-17C0-414D-A7D3-E700B42A9153}" name="24" dataDxfId="442" totalsRowDxfId="443"/>
+    <tableColumn id="26" xr3:uid="{9665AD80-C661-4266-A625-966E232C514F}" name="25" dataDxfId="440" totalsRowDxfId="441"/>
+    <tableColumn id="27" xr3:uid="{BAEAF2A8-4131-4278-9749-4CDCC1FED0FC}" name="26" dataDxfId="438" totalsRowDxfId="439"/>
+    <tableColumn id="28" xr3:uid="{EA308315-70E1-478E-82FA-78B0381C7BAB}" name="27" dataDxfId="436" totalsRowDxfId="437"/>
+    <tableColumn id="29" xr3:uid="{AE70677E-65E7-4AD5-BC8C-C2A7D319CE7F}" name="28" dataDxfId="434" totalsRowDxfId="435"/>
+    <tableColumn id="30" xr3:uid="{E597DE43-FE1F-4377-A558-15F91A1422B7}" name="29" dataDxfId="432" totalsRowDxfId="433"/>
+    <tableColumn id="31" xr3:uid="{E1F32E2F-6506-423B-B501-21A30DC86B7A}" name="30" dataDxfId="430" totalsRowDxfId="431"/>
+    <tableColumn id="32" xr3:uid="{B00257FC-D6B4-4EF4-B8BA-87E6124DB461}" name=" " dataDxfId="428" totalsRowDxfId="429" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{09368FDC-F89E-426A-8B69-E0D53080393B}" name="Nombre de location" dataDxfId="426" totalsRowDxfId="427" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(Novembre2[[#This Row],[1]:[ ]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
+<file path=xl/tables/table19.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="11" xr:uid="{4958C21A-E61B-48EF-A78C-36214FC94CF8}" name="Juillet12" displayName="Juillet12" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="423" dataDxfId="422" totalsRowDxfId="421">
+  <tableColumns count="33">
+    <tableColumn id="1" xr3:uid="{F4108B60-B138-4ED8-86B9-8384993DD7BF}" name="Materiel Comité" dataDxfId="419" totalsRowDxfId="420" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{9189217D-E3FB-409E-900F-80ECFC5FCB6F}" name="1" dataDxfId="417" totalsRowDxfId="418"/>
+    <tableColumn id="3" xr3:uid="{C58BEAB4-1F87-4A99-A4EB-62D8C6024E61}" name="2" dataDxfId="415" totalsRowDxfId="416"/>
+    <tableColumn id="4" xr3:uid="{59351F5E-EB6D-49C0-B42D-2C7FE6DBD66D}" name="3" dataDxfId="413" totalsRowDxfId="414"/>
+    <tableColumn id="5" xr3:uid="{C13E163B-0A97-468D-BB9C-6B8C77D8FAC7}" name="4" dataDxfId="411" totalsRowDxfId="412"/>
+    <tableColumn id="6" xr3:uid="{88DD5F72-3221-4A77-BFE0-467AE8FB180B}" name="5" dataDxfId="409" totalsRowDxfId="410"/>
+    <tableColumn id="7" xr3:uid="{D6FC0F62-FF29-4398-818C-A6DCDE54A851}" name="6" dataDxfId="407" totalsRowDxfId="408"/>
+    <tableColumn id="8" xr3:uid="{D31C4D86-B6D7-4149-9C3C-735D3936604A}" name="7" dataDxfId="405" totalsRowDxfId="406"/>
+    <tableColumn id="9" xr3:uid="{99B4AEE6-E905-405F-9BF5-E55BE07B2033}" name="8" dataDxfId="403" totalsRowDxfId="404"/>
+    <tableColumn id="10" xr3:uid="{7A37A55F-0500-48D5-8DAB-76A61592A48C}" name="9" dataDxfId="401" totalsRowDxfId="402"/>
+    <tableColumn id="11" xr3:uid="{5F848166-E11B-492E-BA3E-2183BA7B2064}" name="10" dataDxfId="399" totalsRowDxfId="400"/>
+    <tableColumn id="12" xr3:uid="{9309FD30-5AC3-4ACE-9CC1-E220703D5D2C}" name="11" dataDxfId="397" totalsRowDxfId="398"/>
+    <tableColumn id="13" xr3:uid="{33713417-18FB-4C06-A47B-F49D992CDE85}" name="12" dataDxfId="395" totalsRowDxfId="396"/>
+    <tableColumn id="14" xr3:uid="{59DC2D93-007F-4A5A-B6E6-B5BF7160B879}" name="13" dataDxfId="393" totalsRowDxfId="394"/>
+    <tableColumn id="15" xr3:uid="{25DEC425-C525-4DD7-907B-FEF175A7965F}" name="14" dataDxfId="391" totalsRowDxfId="392"/>
+    <tableColumn id="16" xr3:uid="{34E6A8E5-C93B-4479-9B31-79E691ADC3A5}" name="15" dataDxfId="389" totalsRowDxfId="390"/>
+    <tableColumn id="17" xr3:uid="{0C02D42A-70D9-4D05-B0AA-E1A6CD95B211}" name="16" dataDxfId="387" totalsRowDxfId="388"/>
+    <tableColumn id="18" xr3:uid="{B90B67D3-0688-49E8-B9E4-D87CC7580713}" name="17" dataDxfId="385" totalsRowDxfId="386"/>
+    <tableColumn id="19" xr3:uid="{06795667-D519-4FA4-9F93-63D0CFB6D083}" name="18" dataDxfId="383" totalsRowDxfId="384"/>
+    <tableColumn id="20" xr3:uid="{0619303F-315B-492C-A7CF-3F91B5F72BE7}" name="19" dataDxfId="381" totalsRowDxfId="382"/>
+    <tableColumn id="21" xr3:uid="{88E5361C-EA66-4BE2-AEEC-74269D503DEB}" name="20" dataDxfId="379" totalsRowDxfId="380"/>
+    <tableColumn id="22" xr3:uid="{46E4C57A-E874-4FE4-B22A-ADCF83069BD1}" name="21" dataDxfId="377" totalsRowDxfId="378"/>
+    <tableColumn id="23" xr3:uid="{A05C8397-159E-4168-90EF-352D1CBCC51D}" name="22" dataDxfId="375" totalsRowDxfId="376"/>
+    <tableColumn id="24" xr3:uid="{92A455A7-C743-4288-A7D7-B4F6E564133B}" name="23" dataDxfId="373" totalsRowDxfId="374"/>
+    <tableColumn id="25" xr3:uid="{3BF7DB51-50F7-40AA-985B-A7153AD9DEAA}" name="24" dataDxfId="371" totalsRowDxfId="372"/>
+    <tableColumn id="26" xr3:uid="{B0E3A18A-5F41-48CA-8FC5-D01CC047E929}" name="25" dataDxfId="369" totalsRowDxfId="370"/>
+    <tableColumn id="27" xr3:uid="{CFED2A58-89D2-4BBE-952A-990A372708B6}" name="26" dataDxfId="367" totalsRowDxfId="368"/>
+    <tableColumn id="28" xr3:uid="{5FA7EC0D-EA7F-4C7E-AC53-33F7F64F1FAB}" name="27" dataDxfId="365" totalsRowDxfId="366"/>
+    <tableColumn id="29" xr3:uid="{B368EFBD-B8CF-41E9-8E4F-F8BDFEF7A101}" name="28" dataDxfId="363" totalsRowDxfId="364"/>
+    <tableColumn id="30" xr3:uid="{63725BBD-60A0-4D8E-93D7-1CEF5F979609}" name="29" dataDxfId="361" totalsRowDxfId="362"/>
+    <tableColumn id="31" xr3:uid="{0483F076-90DD-4B68-A2C2-66487EA5D9D5}" name="30" dataDxfId="359" totalsRowDxfId="360"/>
+    <tableColumn id="32" xr3:uid="{C5FB3168-D243-42C9-9FD9-CD20DE5D534A}" name="31" dataDxfId="357" totalsRowDxfId="358" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{8ADF6D27-DBAE-4D9D-A75B-47B9123871A4}" name="Nombre de location" dataDxfId="355" totalsRowDxfId="356" dataCellStyle="Total">
+      <calculatedColumnFormula>COUNTA(Juillet12[[#This Row],[1]:[31]])</calculatedColumnFormula>
+    </tableColumn>
+  </tableColumns>
+  <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
+      <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
+    </ext>
+  </extLst>
+</table>
+</file>
+
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Février" displayName="Février" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1218" dataDxfId="1217" totalsRowDxfId="1216">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Février" displayName="Février" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1644" dataDxfId="1643" totalsRowDxfId="1642">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Materiel Comité" dataDxfId="1214" totalsRowDxfId="1215" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0100-000021000000}" name="Nombre de location" dataDxfId="1150" totalsRowDxfId="1151" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Materiel Comité" dataDxfId="1640" totalsRowDxfId="1641" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="1" dataDxfId="1638" totalsRowDxfId="1639" dataCellStyle="Total"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0100-000003000000}" name="2" dataDxfId="1636" totalsRowDxfId="1637" dataCellStyle="Total"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="3" dataDxfId="1634" totalsRowDxfId="1635" dataCellStyle="Total"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0100-000005000000}" name="4" dataDxfId="1632" totalsRowDxfId="1633" dataCellStyle="Total"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0100-000006000000}" name="5" dataDxfId="1630" totalsRowDxfId="1631" dataCellStyle="Total"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0100-000007000000}" name="6" dataDxfId="1628" totalsRowDxfId="1629" dataCellStyle="Total"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0100-000008000000}" name="7" dataDxfId="1626" totalsRowDxfId="1627" dataCellStyle="Total"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0100-000009000000}" name="8" dataDxfId="1624" totalsRowDxfId="1625" dataCellStyle="Total"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0100-00000A000000}" name="9" dataDxfId="1622" totalsRowDxfId="1623" dataCellStyle="Total"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0100-00000B000000}" name="10" dataDxfId="1620" totalsRowDxfId="1621" dataCellStyle="Total"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0100-00000C000000}" name="11" dataDxfId="1618" totalsRowDxfId="1619" dataCellStyle="Total"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0100-00000D000000}" name="12" dataDxfId="1616" totalsRowDxfId="1617" dataCellStyle="Total"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0100-00000E000000}" name="13" dataDxfId="1614" totalsRowDxfId="1615" dataCellStyle="Total"/>
+    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0100-00000F000000}" name="14" dataDxfId="1612" totalsRowDxfId="1613" dataCellStyle="Total"/>
+    <tableColumn id="16" xr3:uid="{00000000-0010-0000-0100-000010000000}" name="15" dataDxfId="1610" totalsRowDxfId="1611" dataCellStyle="Total"/>
+    <tableColumn id="17" xr3:uid="{00000000-0010-0000-0100-000011000000}" name="16" dataDxfId="1608" totalsRowDxfId="1609" dataCellStyle="Total"/>
+    <tableColumn id="18" xr3:uid="{00000000-0010-0000-0100-000012000000}" name="17" dataDxfId="1606" totalsRowDxfId="1607" dataCellStyle="Total"/>
+    <tableColumn id="19" xr3:uid="{00000000-0010-0000-0100-000013000000}" name="18" dataDxfId="1604" totalsRowDxfId="1605" dataCellStyle="Total"/>
+    <tableColumn id="20" xr3:uid="{00000000-0010-0000-0100-000014000000}" name="19" dataDxfId="1602" totalsRowDxfId="1603" dataCellStyle="Total"/>
+    <tableColumn id="21" xr3:uid="{00000000-0010-0000-0100-000015000000}" name="20" dataDxfId="1600" totalsRowDxfId="1601" dataCellStyle="Total"/>
+    <tableColumn id="22" xr3:uid="{00000000-0010-0000-0100-000016000000}" name="21" dataDxfId="1598" totalsRowDxfId="1599" dataCellStyle="Total"/>
+    <tableColumn id="23" xr3:uid="{00000000-0010-0000-0100-000017000000}" name="22" dataDxfId="1596" totalsRowDxfId="1597" dataCellStyle="Total"/>
+    <tableColumn id="24" xr3:uid="{00000000-0010-0000-0100-000018000000}" name="23" dataDxfId="1594" totalsRowDxfId="1595" dataCellStyle="Total"/>
+    <tableColumn id="25" xr3:uid="{00000000-0010-0000-0100-000019000000}" name="24" dataDxfId="1592" totalsRowDxfId="1593" dataCellStyle="Total"/>
+    <tableColumn id="26" xr3:uid="{00000000-0010-0000-0100-00001A000000}" name="25" dataDxfId="1590" totalsRowDxfId="1591" dataCellStyle="Total"/>
+    <tableColumn id="27" xr3:uid="{00000000-0010-0000-0100-00001B000000}" name="26" dataDxfId="1588" totalsRowDxfId="1589" dataCellStyle="Total"/>
+    <tableColumn id="28" xr3:uid="{00000000-0010-0000-0100-00001C000000}" name="27" dataDxfId="1586" totalsRowDxfId="1587" dataCellStyle="Total"/>
+    <tableColumn id="29" xr3:uid="{00000000-0010-0000-0100-00001D000000}" name="28" dataDxfId="1584" totalsRowDxfId="1585" dataCellStyle="Total"/>
+    <tableColumn id="30" xr3:uid="{00000000-0010-0000-0100-00001E000000}" name="29" dataDxfId="1582" totalsRowDxfId="1583" dataCellStyle="Total"/>
+    <tableColumn id="31" xr3:uid="{00000000-0010-0000-0100-00001F000000}" name=" " dataDxfId="1580" totalsRowDxfId="1581" dataCellStyle="Total"/>
+    <tableColumn id="32" xr3:uid="{00000000-0010-0000-0100-000020000000}" name="  " dataDxfId="1578" totalsRowDxfId="1579" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0100-000021000000}" name="Nombre de location" dataDxfId="1576" totalsRowDxfId="1577" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(Février[[#This Row],[1]:[29]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
+<file path=xl/tables/table20.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="13" xr:uid="{4010D9A5-3C5B-4463-8FBC-3DF85AF589C5}" name="Août14" displayName="Août14" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="352" dataDxfId="351" totalsRowDxfId="350">
+  <tableColumns count="33">
+    <tableColumn id="1" xr3:uid="{3F3B1467-92E5-4FF5-9EE0-E64B4F318FF3}" name="Materiel Comité" dataDxfId="348" totalsRowDxfId="349" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{EFDAE1AE-0D78-4C72-83C5-2AA8BBB91E4E}" name="1" dataDxfId="346" totalsRowDxfId="347"/>
+    <tableColumn id="3" xr3:uid="{3BCE1664-22EF-412B-BCF1-7B0271E162C6}" name="2" dataDxfId="344" totalsRowDxfId="345"/>
+    <tableColumn id="4" xr3:uid="{AEC326AC-FFBA-4BB8-A9A3-1E6B5164D419}" name="3" dataDxfId="342" totalsRowDxfId="343"/>
+    <tableColumn id="5" xr3:uid="{8D3B869E-0447-406C-AB57-943315CC30E5}" name="4" dataDxfId="340" totalsRowDxfId="341"/>
+    <tableColumn id="6" xr3:uid="{AF399EC7-FFC7-4F2C-BF54-F08E06D774BF}" name="5" dataDxfId="338" totalsRowDxfId="339"/>
+    <tableColumn id="7" xr3:uid="{8B2C8F93-C49D-48B1-BEE5-91229B7B8FCB}" name="6" dataDxfId="336" totalsRowDxfId="337"/>
+    <tableColumn id="8" xr3:uid="{022E8083-5E0A-4A26-9C75-A8131EC5AA47}" name="7" dataDxfId="334" totalsRowDxfId="335"/>
+    <tableColumn id="9" xr3:uid="{9FB6B2D6-F300-4432-8F35-8300D3D41C54}" name="8" dataDxfId="332" totalsRowDxfId="333"/>
+    <tableColumn id="10" xr3:uid="{1449C85C-6A67-476D-B6D2-E04E9BE9CA3F}" name="9" dataDxfId="330" totalsRowDxfId="331"/>
+    <tableColumn id="11" xr3:uid="{1351E5AB-1465-4D52-B2D4-7D7BE311800B}" name="10" dataDxfId="328" totalsRowDxfId="329"/>
+    <tableColumn id="12" xr3:uid="{6BC12FBB-9AA1-4BF3-AD01-8B34003E5690}" name="11" dataDxfId="326" totalsRowDxfId="327"/>
+    <tableColumn id="13" xr3:uid="{6539DCB6-FFC6-48E9-B0DC-7FDB481DA576}" name="12" dataDxfId="324" totalsRowDxfId="325"/>
+    <tableColumn id="14" xr3:uid="{15837AB0-8C72-4914-AFB9-7FEB7B2CEEF8}" name="13" dataDxfId="322" totalsRowDxfId="323"/>
+    <tableColumn id="15" xr3:uid="{109C5896-D288-42F7-B18A-1C9DC788EEE5}" name="14" dataDxfId="320" totalsRowDxfId="321"/>
+    <tableColumn id="16" xr3:uid="{41DA0539-68AF-4EEF-879F-445733B107DF}" name="15" dataDxfId="318" totalsRowDxfId="319"/>
+    <tableColumn id="17" xr3:uid="{0E19C432-3CB0-47A7-8216-9C19424497B3}" name="16" dataDxfId="316" totalsRowDxfId="317"/>
+    <tableColumn id="18" xr3:uid="{762AE301-5C9E-4F2C-B8DB-3341B45933A9}" name="17" dataDxfId="314" totalsRowDxfId="315"/>
+    <tableColumn id="19" xr3:uid="{3D6285AB-28FA-4448-AA05-1DEC79DAB017}" name="18" dataDxfId="312" totalsRowDxfId="313"/>
+    <tableColumn id="20" xr3:uid="{91FD0568-905A-4C78-8B16-2187F0E8D063}" name="19" dataDxfId="310" totalsRowDxfId="311"/>
+    <tableColumn id="21" xr3:uid="{8C2391C7-F7F8-4CF0-90A1-B1E229429E3F}" name="20" dataDxfId="308" totalsRowDxfId="309"/>
+    <tableColumn id="22" xr3:uid="{14F5304E-490B-4E6E-B301-DB882C3619F1}" name="21" dataDxfId="306" totalsRowDxfId="307"/>
+    <tableColumn id="23" xr3:uid="{53AF416F-428A-402D-A74E-620A13F5CCDD}" name="22" dataDxfId="304" totalsRowDxfId="305"/>
+    <tableColumn id="24" xr3:uid="{5F9FB3EA-8D54-41DC-8B5F-9154C61AB7A7}" name="23" dataDxfId="302" totalsRowDxfId="303"/>
+    <tableColumn id="25" xr3:uid="{ABCA5979-8D81-4A61-925A-E072AD193C82}" name="24" dataDxfId="300" totalsRowDxfId="301"/>
+    <tableColumn id="26" xr3:uid="{13FB0BC5-AC77-40A1-9672-322B1EC12868}" name="25" dataDxfId="298" totalsRowDxfId="299"/>
+    <tableColumn id="27" xr3:uid="{50690143-7FAA-499E-8AB0-4BFDD73E5889}" name="26" dataDxfId="296" totalsRowDxfId="297"/>
+    <tableColumn id="28" xr3:uid="{8F93856F-345C-41E7-A930-282F4E85085B}" name="27" dataDxfId="294" totalsRowDxfId="295"/>
+    <tableColumn id="29" xr3:uid="{050DF38E-46CF-42A7-B03A-BDC889E7416D}" name="28" dataDxfId="292" totalsRowDxfId="293"/>
+    <tableColumn id="30" xr3:uid="{79F46FF0-BAFD-4C6B-99F0-1A4D7A51876A}" name="29" dataDxfId="290" totalsRowDxfId="291"/>
+    <tableColumn id="31" xr3:uid="{B5035561-7B29-46DF-A126-A056FB80AB36}" name="30" dataDxfId="288" totalsRowDxfId="289"/>
+    <tableColumn id="32" xr3:uid="{70FEF210-B05D-4B01-B33D-9B9382BF4190}" name="31" dataDxfId="286" totalsRowDxfId="287" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{199AC76B-D44E-464B-9293-396C185A8917}" name="Nombre de location" dataDxfId="284" totalsRowDxfId="285" dataCellStyle="Total">
+      <calculatedColumnFormula>COUNTA(Août14[[#This Row],[1]:[31]])</calculatedColumnFormula>
+    </tableColumn>
+  </tableColumns>
+  <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
+      <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
+    </ext>
+  </extLst>
+</table>
+</file>
+
+<file path=xl/tables/table21.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="15" xr:uid="{A95A3A09-63C6-4335-AA4A-40750DE22C12}" name="Septembre16" displayName="Septembre16" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="281" dataDxfId="280" totalsRowDxfId="279">
+  <tableColumns count="33">
+    <tableColumn id="1" xr3:uid="{F751522B-621F-4477-8D1A-67A9D40F0687}" name="Materiel Comité" dataDxfId="277" totalsRowDxfId="278" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{08DE98A0-C532-404B-A9F0-6E6245224AFC}" name="1" dataDxfId="275" totalsRowDxfId="276"/>
+    <tableColumn id="3" xr3:uid="{587376D3-65A8-4EB0-B17A-F619CCEF46F1}" name="2" dataDxfId="273" totalsRowDxfId="274"/>
+    <tableColumn id="4" xr3:uid="{0D3B66CC-F132-44AE-8314-4EA22BF1FD59}" name="3" dataDxfId="271" totalsRowDxfId="272"/>
+    <tableColumn id="5" xr3:uid="{E455FC4F-A7C9-41B7-887A-91A90C871C2F}" name="4" dataDxfId="269" totalsRowDxfId="270"/>
+    <tableColumn id="6" xr3:uid="{CB07B6CD-1C63-4934-A14E-A51DB7A65886}" name="5" dataDxfId="267" totalsRowDxfId="268"/>
+    <tableColumn id="7" xr3:uid="{2ACAE70B-95E9-41F8-814A-A44DDD53C95A}" name="6" dataDxfId="265" totalsRowDxfId="266"/>
+    <tableColumn id="8" xr3:uid="{72723D24-14CF-476B-A4FD-01B97A6D1CD1}" name="7" dataDxfId="263" totalsRowDxfId="264"/>
+    <tableColumn id="9" xr3:uid="{DDECDAB0-52EC-4A38-958F-54EE0CA0B382}" name="8" dataDxfId="261" totalsRowDxfId="262"/>
+    <tableColumn id="10" xr3:uid="{47B6852D-4828-4913-B236-77A7772124B9}" name="9" dataDxfId="259" totalsRowDxfId="260"/>
+    <tableColumn id="11" xr3:uid="{19653791-0C42-4204-91AD-E05214E03817}" name="10" dataDxfId="257" totalsRowDxfId="258"/>
+    <tableColumn id="12" xr3:uid="{2F312C2B-B501-4EAA-9BA8-D796AA23DD0A}" name="11" dataDxfId="255" totalsRowDxfId="256"/>
+    <tableColumn id="13" xr3:uid="{F923DAF2-9B75-48DB-8DCF-0FA7FF282870}" name="12" dataDxfId="253" totalsRowDxfId="254"/>
+    <tableColumn id="14" xr3:uid="{E1DC1D6B-4B9C-4001-BAE8-BAEFC3EEAA6F}" name="13" dataDxfId="251" totalsRowDxfId="252"/>
+    <tableColumn id="15" xr3:uid="{A709B432-D0A5-4897-AE10-F7E71110D991}" name="14" dataDxfId="249" totalsRowDxfId="250"/>
+    <tableColumn id="16" xr3:uid="{7E9048B0-0850-432B-B5B9-8149DCBC3C1F}" name="15" dataDxfId="247" totalsRowDxfId="248"/>
+    <tableColumn id="17" xr3:uid="{3DF3161C-4935-4A1E-A796-11E14DCC41F4}" name="16" dataDxfId="245" totalsRowDxfId="246"/>
+    <tableColumn id="18" xr3:uid="{490E39ED-4E69-4197-BA52-1640CF99E812}" name="17" dataDxfId="243" totalsRowDxfId="244"/>
+    <tableColumn id="19" xr3:uid="{7492BB49-9181-483D-A021-DE1771F39211}" name="18" dataDxfId="241" totalsRowDxfId="242"/>
+    <tableColumn id="20" xr3:uid="{C2AAB6EC-A738-4A5F-BAEA-A81BEFF153D3}" name="19" dataDxfId="239" totalsRowDxfId="240"/>
+    <tableColumn id="21" xr3:uid="{5B9594F0-3B6D-498A-9E7F-476B8D40B1C6}" name="20" dataDxfId="237" totalsRowDxfId="238"/>
+    <tableColumn id="22" xr3:uid="{822801F0-B647-471A-B9B5-C9FCE7172F15}" name="21" dataDxfId="235" totalsRowDxfId="236"/>
+    <tableColumn id="23" xr3:uid="{0AD38F83-59D0-48DF-BC7B-899977278410}" name="22" dataDxfId="233" totalsRowDxfId="234"/>
+    <tableColumn id="24" xr3:uid="{E3F16FE8-0EB6-4685-8503-4CD6D9293BDF}" name="23" dataDxfId="231" totalsRowDxfId="232"/>
+    <tableColumn id="25" xr3:uid="{3E98C327-8273-461B-B8D8-183C4614746E}" name="24" dataDxfId="229" totalsRowDxfId="230"/>
+    <tableColumn id="26" xr3:uid="{715A1D75-C7BB-4095-9885-F10BB0A6854C}" name="25" dataDxfId="227" totalsRowDxfId="228"/>
+    <tableColumn id="27" xr3:uid="{170BFF2B-3E7B-4481-8D60-C0C2106A1746}" name="26" dataDxfId="225" totalsRowDxfId="226"/>
+    <tableColumn id="28" xr3:uid="{841C550D-DA43-480B-A88C-F65FF7C96BEC}" name="27" dataDxfId="223" totalsRowDxfId="224"/>
+    <tableColumn id="29" xr3:uid="{7F7D666E-B223-4469-AB6B-2D0EE47FC52B}" name="28" dataDxfId="221" totalsRowDxfId="222"/>
+    <tableColumn id="30" xr3:uid="{0B02FAF4-3BD5-4ED5-B587-89A72ADCB2FF}" name="29" dataDxfId="219" totalsRowDxfId="220"/>
+    <tableColumn id="31" xr3:uid="{8FBAEAFC-175B-47FA-8BC6-A78251B5B556}" name="30" dataDxfId="217" totalsRowDxfId="218"/>
+    <tableColumn id="32" xr3:uid="{D6AC76B1-B06A-4BFD-9277-0140DA14DB2A}" name=" " dataDxfId="215" totalsRowDxfId="216" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{E04118A5-5046-4245-A748-585508098C11}" name="Nombre de location" dataDxfId="213" totalsRowDxfId="214" dataCellStyle="Total">
+      <calculatedColumnFormula>COUNTA(Septembre16[[#This Row],[1]:[ ]])</calculatedColumnFormula>
+    </tableColumn>
+  </tableColumns>
+  <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
+      <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
+    </ext>
+  </extLst>
+</table>
+</file>
+
+<file path=xl/tables/table22.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="16" xr:uid="{8EF69DCD-719A-4351-9AC0-99B7209736D7}" name="Octobre17" displayName="Octobre17" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="210" dataDxfId="209" totalsRowDxfId="208">
+  <tableColumns count="33">
+    <tableColumn id="1" xr3:uid="{DB33C446-F57C-46EB-978A-0C57F22F5CF5}" name="Materiel Comité" dataDxfId="206" totalsRowDxfId="207" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{44076008-82B8-4340-BE00-5E9BF6AC5241}" name="1" dataDxfId="204" totalsRowDxfId="205"/>
+    <tableColumn id="3" xr3:uid="{2C8D3BAA-87FF-4682-9354-9B7D7CF27F3F}" name="2" dataDxfId="202" totalsRowDxfId="203"/>
+    <tableColumn id="4" xr3:uid="{31DEEF96-9A88-439B-8A42-5E682C4BCDC0}" name="3" dataDxfId="200" totalsRowDxfId="201"/>
+    <tableColumn id="5" xr3:uid="{81C0881B-1749-4D80-9FC1-8E1202D08B50}" name="4" dataDxfId="198" totalsRowDxfId="199"/>
+    <tableColumn id="6" xr3:uid="{CA308784-BF1A-4BA1-89D5-3EBEB85850BD}" name="5" dataDxfId="196" totalsRowDxfId="197"/>
+    <tableColumn id="7" xr3:uid="{CC2C1EBD-AFBD-4F95-95D0-D4DA2436B772}" name="6" dataDxfId="194" totalsRowDxfId="195"/>
+    <tableColumn id="8" xr3:uid="{676062B5-BFD9-455E-AF01-97D5892B7AEC}" name="7" dataDxfId="192" totalsRowDxfId="193"/>
+    <tableColumn id="9" xr3:uid="{28646A27-306E-4EB6-ADA3-28058E6EB111}" name="8" dataDxfId="190" totalsRowDxfId="191"/>
+    <tableColumn id="10" xr3:uid="{4760A995-26B1-45B8-A33B-A19EF0A558A7}" name="9" dataDxfId="188" totalsRowDxfId="189"/>
+    <tableColumn id="11" xr3:uid="{1375945A-7C24-448A-8374-5010533C170A}" name="10" dataDxfId="186" totalsRowDxfId="187"/>
+    <tableColumn id="12" xr3:uid="{9AB07716-D438-4A54-8135-95C3D85970D5}" name="11" dataDxfId="184" totalsRowDxfId="185"/>
+    <tableColumn id="13" xr3:uid="{C3480FA6-0CB4-4E36-8BE9-43A0B3CE40FF}" name="12" dataDxfId="182" totalsRowDxfId="183"/>
+    <tableColumn id="14" xr3:uid="{A9FC37AB-3E45-449A-8F85-FF68D5032602}" name="13" dataDxfId="180" totalsRowDxfId="181"/>
+    <tableColumn id="15" xr3:uid="{47267301-1798-4A0E-B5E7-11F3D3E2483D}" name="14" dataDxfId="178" totalsRowDxfId="179"/>
+    <tableColumn id="16" xr3:uid="{87111D52-FCB1-4524-97B7-F2C5DE11198E}" name="15" dataDxfId="176" totalsRowDxfId="177"/>
+    <tableColumn id="17" xr3:uid="{4984F10B-A3F8-44BC-84D2-63CB91684D50}" name="16" dataDxfId="174" totalsRowDxfId="175"/>
+    <tableColumn id="18" xr3:uid="{36CB60BA-9B6D-4997-9BB8-BF8FE2E0ED93}" name="17" dataDxfId="172" totalsRowDxfId="173"/>
+    <tableColumn id="19" xr3:uid="{3ADAAA61-4561-4087-B76E-63CDAD165C4A}" name="18" dataDxfId="170" totalsRowDxfId="171"/>
+    <tableColumn id="20" xr3:uid="{99736337-5F5C-45FF-9132-6786CBC8CCE8}" name="19" dataDxfId="168" totalsRowDxfId="169"/>
+    <tableColumn id="21" xr3:uid="{7A2E1FC9-EDEE-4AFA-8E1F-6D2645258CF4}" name="20" dataDxfId="166" totalsRowDxfId="167"/>
+    <tableColumn id="22" xr3:uid="{B21FD666-4C51-4AB3-A86A-E58E3F9B32C1}" name="21" dataDxfId="164" totalsRowDxfId="165"/>
+    <tableColumn id="23" xr3:uid="{12EAE0A2-877A-44FD-8806-7A00FED6E413}" name="22" dataDxfId="162" totalsRowDxfId="163"/>
+    <tableColumn id="24" xr3:uid="{BFF67CEF-DDB1-4A85-8207-10DC0C71A5B7}" name="23" dataDxfId="160" totalsRowDxfId="161"/>
+    <tableColumn id="25" xr3:uid="{650FD1CD-7FD8-41BE-9E51-9BF7ECC8089D}" name="24" dataDxfId="158" totalsRowDxfId="159"/>
+    <tableColumn id="26" xr3:uid="{B8C5B2E8-E84C-411C-9CD6-896A44AA5CAA}" name="25" dataDxfId="156" totalsRowDxfId="157"/>
+    <tableColumn id="27" xr3:uid="{BFBDE52F-294C-4448-8444-6422059C18EA}" name="26" dataDxfId="154" totalsRowDxfId="155"/>
+    <tableColumn id="28" xr3:uid="{FD92E784-5A1C-4998-B6DC-AC0DA6EFBD63}" name="27" dataDxfId="152" totalsRowDxfId="153"/>
+    <tableColumn id="29" xr3:uid="{D0588EA6-A5A4-4058-9A8B-01A546D62129}" name="28" dataDxfId="150" totalsRowDxfId="151"/>
+    <tableColumn id="30" xr3:uid="{688062D7-9C14-4933-9325-919F7AB762E2}" name="29" dataDxfId="148" totalsRowDxfId="149"/>
+    <tableColumn id="31" xr3:uid="{EB250AEB-731B-42FB-AAE6-F1C51F6B82A0}" name="30" dataDxfId="146" totalsRowDxfId="147"/>
+    <tableColumn id="32" xr3:uid="{394FAEFA-B6AF-4854-B30D-AD695A991D11}" name="31" dataDxfId="144" totalsRowDxfId="145" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{90BFC08A-921D-45B2-90DE-BD36749EEF83}" name="Nombre de location" dataDxfId="142" totalsRowDxfId="143" dataCellStyle="Total">
+      <calculatedColumnFormula>COUNTA(Octobre17[[#This Row],[1]:[31]])</calculatedColumnFormula>
+    </tableColumn>
+  </tableColumns>
+  <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
+      <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
+    </ext>
+  </extLst>
+</table>
+</file>
+
+<file path=xl/tables/table23.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="23" xr:uid="{C38E5C5D-57FD-44C7-82BC-97440759A01A}" name="Novembre24" displayName="Novembre24" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="139" dataDxfId="138" totalsRowDxfId="137">
+  <tableColumns count="33">
+    <tableColumn id="1" xr3:uid="{B8056198-1072-4D66-99B6-9B39641992C2}" name="Materiel Comité" dataDxfId="135" totalsRowDxfId="136" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{6CCE0E9C-6550-45F2-9AE9-1E8E526DBE77}" name="1" dataDxfId="133" totalsRowDxfId="134"/>
+    <tableColumn id="3" xr3:uid="{D29E9DCC-37BB-487D-BA85-84496A6923B3}" name="2" dataDxfId="131" totalsRowDxfId="132"/>
+    <tableColumn id="4" xr3:uid="{13CCB38D-E1AF-4CD0-AABF-4D68A212BF03}" name="3" dataDxfId="129" totalsRowDxfId="130"/>
+    <tableColumn id="5" xr3:uid="{6F8ED130-6B1F-45AC-9EEF-20481D748BF0}" name="4" dataDxfId="127" totalsRowDxfId="128"/>
+    <tableColumn id="6" xr3:uid="{B4FCAC42-36FA-462D-9E9D-160BCAA4A4C9}" name="5" dataDxfId="125" totalsRowDxfId="126"/>
+    <tableColumn id="7" xr3:uid="{ACD98074-65CB-43A0-972F-E2B52B9B10B2}" name="6" dataDxfId="123" totalsRowDxfId="124"/>
+    <tableColumn id="8" xr3:uid="{05156928-3F44-47FB-B0FA-2E9A7FDB5884}" name="7" dataDxfId="121" totalsRowDxfId="122"/>
+    <tableColumn id="9" xr3:uid="{E42618F7-80C6-4612-9C2C-5FB1306E942E}" name="8" dataDxfId="119" totalsRowDxfId="120"/>
+    <tableColumn id="10" xr3:uid="{901EF963-A2A9-47A6-9EE5-57CDCC6E0511}" name="9" dataDxfId="117" totalsRowDxfId="118"/>
+    <tableColumn id="11" xr3:uid="{450FA63B-BC15-4183-AC5D-7C0757CCAE5D}" name="10" dataDxfId="115" totalsRowDxfId="116"/>
+    <tableColumn id="12" xr3:uid="{8BF38213-98F4-47A8-A43A-40559F2004B0}" name="11" dataDxfId="113" totalsRowDxfId="114"/>
+    <tableColumn id="13" xr3:uid="{B9BEDE08-DE6C-438D-9FE2-0453B1F97002}" name="12" dataDxfId="111" totalsRowDxfId="112"/>
+    <tableColumn id="14" xr3:uid="{22ADB9EA-FCB4-4B37-9BBC-8CD3B5BD2AAB}" name="13" dataDxfId="109" totalsRowDxfId="110"/>
+    <tableColumn id="15" xr3:uid="{AE260A24-FE81-460B-BC59-251DC3FA9C36}" name="14" dataDxfId="107" totalsRowDxfId="108"/>
+    <tableColumn id="16" xr3:uid="{83AE52AF-527F-49CD-966B-A6CE9A33FA80}" name="15" dataDxfId="105" totalsRowDxfId="106"/>
+    <tableColumn id="17" xr3:uid="{65C293DB-C60E-469A-9EF0-D85737ED1C89}" name="16" dataDxfId="103" totalsRowDxfId="104"/>
+    <tableColumn id="18" xr3:uid="{431B22FE-E6C5-459F-9FC8-50C6D3E2A164}" name="17" dataDxfId="101" totalsRowDxfId="102"/>
+    <tableColumn id="19" xr3:uid="{9C8F6C9D-CF56-42E9-892B-207AFF0489F5}" name="18" dataDxfId="99" totalsRowDxfId="100"/>
+    <tableColumn id="20" xr3:uid="{02A8B610-7369-4307-8E07-9EEBDAEF4DE0}" name="19" dataDxfId="97" totalsRowDxfId="98"/>
+    <tableColumn id="21" xr3:uid="{68C3BFD9-A513-43FB-85A7-28B1AE0A0867}" name="20" dataDxfId="95" totalsRowDxfId="96"/>
+    <tableColumn id="22" xr3:uid="{A6DD5CBB-32AB-4712-A34E-5B6D7C8D53A3}" name="21" dataDxfId="93" totalsRowDxfId="94"/>
+    <tableColumn id="23" xr3:uid="{D017FFCA-2983-4567-9453-088A7F5239C8}" name="22" dataDxfId="91" totalsRowDxfId="92"/>
+    <tableColumn id="24" xr3:uid="{CF72F38F-ED67-4B01-BEE9-590FC6210306}" name="23" dataDxfId="89" totalsRowDxfId="90"/>
+    <tableColumn id="25" xr3:uid="{6297C358-9AC2-4BC3-9533-38153E7CC57E}" name="24" dataDxfId="87" totalsRowDxfId="88"/>
+    <tableColumn id="26" xr3:uid="{97D07911-B229-472A-AEB6-64A10D9F5D63}" name="25" dataDxfId="85" totalsRowDxfId="86"/>
+    <tableColumn id="27" xr3:uid="{CAFCF09D-8448-48DA-97E1-A3708AB32DFF}" name="26" dataDxfId="83" totalsRowDxfId="84"/>
+    <tableColumn id="28" xr3:uid="{CDCA5D20-CD08-4900-92C3-225647D0781C}" name="27" dataDxfId="81" totalsRowDxfId="82"/>
+    <tableColumn id="29" xr3:uid="{D8012C0A-175A-482E-8C7D-8549FC05AE7C}" name="28" dataDxfId="79" totalsRowDxfId="80"/>
+    <tableColumn id="30" xr3:uid="{78CFC39D-ECE0-4071-80ED-2EC31454D2B1}" name="29" dataDxfId="77" totalsRowDxfId="78"/>
+    <tableColumn id="31" xr3:uid="{FA2825B3-F0B3-4AA3-A3CB-15A73C180FC5}" name="30" dataDxfId="75" totalsRowDxfId="76"/>
+    <tableColumn id="32" xr3:uid="{E6DBE306-BC75-4540-9438-B584DAC217D4}" name=" " dataDxfId="73" totalsRowDxfId="74" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{BD22B07C-3CD8-4EE2-BEFE-89BE2EF197E2}" name="Nombre de location" dataDxfId="71" totalsRowDxfId="72" dataCellStyle="Total">
+      <calculatedColumnFormula>COUNTA(Novembre24[[#This Row],[1]:[ ]])</calculatedColumnFormula>
+    </tableColumn>
+  </tableColumns>
+  <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
+      <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
+    </ext>
+  </extLst>
+</table>
+</file>
+
+<file path=xl/tables/table24.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="24" xr:uid="{9961DD28-0192-47EB-A90E-27C499BC3168}" name="Décembre25" displayName="Décembre25" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="68" dataDxfId="67" totalsRowDxfId="66">
+  <tableColumns count="33">
+    <tableColumn id="1" xr3:uid="{575C2358-047A-4792-BFAF-A4850362D369}" name="Materiel Comité" dataDxfId="64" totalsRowDxfId="65" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{253AE259-BAAB-4D6D-AF31-00AC82F14A03}" name="1" dataDxfId="62" totalsRowDxfId="63"/>
+    <tableColumn id="3" xr3:uid="{8463F6A5-483F-487D-977B-92770AA327CD}" name="2" dataDxfId="60" totalsRowDxfId="61"/>
+    <tableColumn id="4" xr3:uid="{B942288B-DD57-4934-8B20-36D30BFDB88C}" name="3" dataDxfId="58" totalsRowDxfId="59"/>
+    <tableColumn id="5" xr3:uid="{9DE6B1A6-C1DB-42B8-861B-E9CD2EFE3A53}" name="4" dataDxfId="56" totalsRowDxfId="57"/>
+    <tableColumn id="6" xr3:uid="{22854CDC-D3D3-445A-85EE-671D8FBC4743}" name="5" dataDxfId="54" totalsRowDxfId="55"/>
+    <tableColumn id="7" xr3:uid="{5D388ADD-767E-4C5F-82EC-DB12BD473926}" name="6" dataDxfId="52" totalsRowDxfId="53"/>
+    <tableColumn id="8" xr3:uid="{A549500A-E2E2-4E04-876C-E64A1E2084F1}" name="7" dataDxfId="50" totalsRowDxfId="51"/>
+    <tableColumn id="9" xr3:uid="{EB846F7D-29A8-4CFC-9977-E0FF639C13AA}" name="8" dataDxfId="48" totalsRowDxfId="49"/>
+    <tableColumn id="10" xr3:uid="{53F170BE-C935-437B-A4B7-5F3CCC889E8A}" name="9" dataDxfId="46" totalsRowDxfId="47"/>
+    <tableColumn id="11" xr3:uid="{8A5279BA-B67A-4B0A-B916-CB77E0DEE0C7}" name="10" dataDxfId="44" totalsRowDxfId="45"/>
+    <tableColumn id="12" xr3:uid="{314C8174-A751-4279-9BAA-84E5E13C9568}" name="11" dataDxfId="42" totalsRowDxfId="43"/>
+    <tableColumn id="13" xr3:uid="{4E36E2F1-EFCF-402F-BF36-BD7666299DB9}" name="12" dataDxfId="40" totalsRowDxfId="41"/>
+    <tableColumn id="14" xr3:uid="{35227FC2-B718-41E0-A5D3-5509AF305B76}" name="13" dataDxfId="38" totalsRowDxfId="39"/>
+    <tableColumn id="15" xr3:uid="{B49FB92B-4EE4-459F-B457-D95E39F27121}" name="14" dataDxfId="36" totalsRowDxfId="37"/>
+    <tableColumn id="16" xr3:uid="{99A9E1A2-5A9F-47D8-9902-3EB2D0B14D31}" name="15" dataDxfId="34" totalsRowDxfId="35"/>
+    <tableColumn id="17" xr3:uid="{8870DC0E-3913-473C-83B9-0360516B56EA}" name="16" dataDxfId="32" totalsRowDxfId="33"/>
+    <tableColumn id="18" xr3:uid="{17E8F1F2-BC2B-4D82-BA6E-0A336E6C973B}" name="17" dataDxfId="30" totalsRowDxfId="31"/>
+    <tableColumn id="19" xr3:uid="{A43BD5D7-472F-4EA0-9781-4009DE83E52D}" name="18" dataDxfId="28" totalsRowDxfId="29"/>
+    <tableColumn id="20" xr3:uid="{B2F31907-37E7-48C6-95A3-101FE62042B2}" name="19" dataDxfId="26" totalsRowDxfId="27"/>
+    <tableColumn id="21" xr3:uid="{7218CD62-4040-481D-919F-F7D0FBEEA584}" name="20" dataDxfId="24" totalsRowDxfId="25"/>
+    <tableColumn id="22" xr3:uid="{7E0A478D-3A43-4D52-AB91-24458F4D0A9C}" name="21" dataDxfId="22" totalsRowDxfId="23"/>
+    <tableColumn id="23" xr3:uid="{4120B91A-DE0D-4209-B537-0A4E30D6F278}" name="22" dataDxfId="20" totalsRowDxfId="21"/>
+    <tableColumn id="24" xr3:uid="{2862404A-718F-4C00-ACE9-FD785B313E0A}" name="23" dataDxfId="18" totalsRowDxfId="19"/>
+    <tableColumn id="25" xr3:uid="{6FDDF39A-0D8C-4843-B5DC-97626B5B1948}" name="24" dataDxfId="16" totalsRowDxfId="17"/>
+    <tableColumn id="26" xr3:uid="{569AAC06-E3CA-4DF1-8817-88870F59384F}" name="25" dataDxfId="14" totalsRowDxfId="15"/>
+    <tableColumn id="27" xr3:uid="{EDE4EEF1-30AB-41CE-9494-04FE2A72CFF7}" name="26" dataDxfId="12" totalsRowDxfId="13"/>
+    <tableColumn id="28" xr3:uid="{FBB7BDAC-E722-4D50-B271-537E86276E55}" name="27" dataDxfId="10" totalsRowDxfId="11"/>
+    <tableColumn id="29" xr3:uid="{7E5F11D3-CD1D-41F1-A4A8-348766F59084}" name="28" dataDxfId="8" totalsRowDxfId="9"/>
+    <tableColumn id="30" xr3:uid="{43603165-4A17-4BCF-B583-CAD97658DE88}" name="29" dataDxfId="6" totalsRowDxfId="7"/>
+    <tableColumn id="31" xr3:uid="{52B99159-4448-4068-9D38-7C748B755F09}" name="30" dataDxfId="4" totalsRowDxfId="5"/>
+    <tableColumn id="32" xr3:uid="{B911596E-6E2F-46C5-8534-2D796F85F2B4}" name="31" dataDxfId="2" totalsRowDxfId="3" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{223EDE0F-C093-4477-9A9F-56A88E958ACB}" name="Nombre de location" dataDxfId="0" totalsRowDxfId="1" dataCellStyle="Total">
+      <calculatedColumnFormula>COUNTA(Décembre25[[#This Row],[1]:[31]])</calculatedColumnFormula>
+    </tableColumn>
+  </tableColumns>
+  <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
+      <x14:table altTextSummary="Fournit une liste de noms et des dates de calendrier pour enregistrer les absences et motifs d’absence des employés (C= Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées)"/>
+    </ext>
+  </extLst>
+</table>
+</file>
+
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="14" xr:uid="{00000000-000C-0000-FFFF-FFFF02000000}" name="Mars" displayName="Mars" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1147" dataDxfId="1146" totalsRowDxfId="1145">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="14" xr:uid="{00000000-000C-0000-FFFF-FFFF02000000}" name="Mars" displayName="Mars" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1573" dataDxfId="1572" totalsRowDxfId="1571">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0200-000001000000}" name="Materiel Comité" dataDxfId="1143" totalsRowDxfId="1144" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0200-000021000000}" name="Nombre de location" dataDxfId="1079" totalsRowDxfId="1080" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0200-000001000000}" name="Materiel Comité" dataDxfId="1569" totalsRowDxfId="1570" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0200-000002000000}" name="1" dataDxfId="1567" totalsRowDxfId="1568"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0200-000003000000}" name="2" dataDxfId="1565" totalsRowDxfId="1566"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0200-000004000000}" name="3" dataDxfId="1563" totalsRowDxfId="1564"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0200-000005000000}" name="4" dataDxfId="1561" totalsRowDxfId="1562"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0200-000006000000}" name="5" dataDxfId="1559" totalsRowDxfId="1560"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0200-000007000000}" name="6" dataDxfId="1557" totalsRowDxfId="1558"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0200-000008000000}" name="7" dataDxfId="1555" totalsRowDxfId="1556"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0200-000009000000}" name="8" dataDxfId="1553" totalsRowDxfId="1554"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0200-00000A000000}" name="9" dataDxfId="1551" totalsRowDxfId="1552"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0200-00000B000000}" name="10" dataDxfId="1549" totalsRowDxfId="1550"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0200-00000C000000}" name="11" dataDxfId="1547" totalsRowDxfId="1548"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0200-00000D000000}" name="12" dataDxfId="1545" totalsRowDxfId="1546"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0200-00000E000000}" name="13" dataDxfId="1543" totalsRowDxfId="1544"/>
+    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0200-00000F000000}" name="14" dataDxfId="1541" totalsRowDxfId="1542"/>
+    <tableColumn id="16" xr3:uid="{00000000-0010-0000-0200-000010000000}" name="15" dataDxfId="1539" totalsRowDxfId="1540"/>
+    <tableColumn id="17" xr3:uid="{00000000-0010-0000-0200-000011000000}" name="16" dataDxfId="1537" totalsRowDxfId="1538"/>
+    <tableColumn id="18" xr3:uid="{00000000-0010-0000-0200-000012000000}" name="17" dataDxfId="1535" totalsRowDxfId="1536"/>
+    <tableColumn id="19" xr3:uid="{00000000-0010-0000-0200-000013000000}" name="18" dataDxfId="1533" totalsRowDxfId="1534"/>
+    <tableColumn id="20" xr3:uid="{00000000-0010-0000-0200-000014000000}" name="19" dataDxfId="1531" totalsRowDxfId="1532"/>
+    <tableColumn id="21" xr3:uid="{00000000-0010-0000-0200-000015000000}" name="20" dataDxfId="1529" totalsRowDxfId="1530"/>
+    <tableColumn id="22" xr3:uid="{00000000-0010-0000-0200-000016000000}" name="21" dataDxfId="1527" totalsRowDxfId="1528"/>
+    <tableColumn id="23" xr3:uid="{00000000-0010-0000-0200-000017000000}" name="22" dataDxfId="1525" totalsRowDxfId="1526"/>
+    <tableColumn id="24" xr3:uid="{00000000-0010-0000-0200-000018000000}" name="23" dataDxfId="1523" totalsRowDxfId="1524"/>
+    <tableColumn id="25" xr3:uid="{00000000-0010-0000-0200-000019000000}" name="24" dataDxfId="1521" totalsRowDxfId="1522"/>
+    <tableColumn id="26" xr3:uid="{00000000-0010-0000-0200-00001A000000}" name="25" dataDxfId="1519" totalsRowDxfId="1520"/>
+    <tableColumn id="27" xr3:uid="{00000000-0010-0000-0200-00001B000000}" name="26" dataDxfId="1517" totalsRowDxfId="1518"/>
+    <tableColumn id="28" xr3:uid="{00000000-0010-0000-0200-00001C000000}" name="27" dataDxfId="1515" totalsRowDxfId="1516"/>
+    <tableColumn id="29" xr3:uid="{00000000-0010-0000-0200-00001D000000}" name="28" dataDxfId="1513" totalsRowDxfId="1514"/>
+    <tableColumn id="30" xr3:uid="{00000000-0010-0000-0200-00001E000000}" name="29" dataDxfId="1511" totalsRowDxfId="1512"/>
+    <tableColumn id="31" xr3:uid="{00000000-0010-0000-0200-00001F000000}" name="30" dataDxfId="1509" totalsRowDxfId="1510"/>
+    <tableColumn id="32" xr3:uid="{00000000-0010-0000-0200-000020000000}" name="31" dataDxfId="1507" totalsRowDxfId="1508" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0200-000021000000}" name="Nombre de location" dataDxfId="1505" totalsRowDxfId="1506" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(Mars[[#This Row],[1]:[31]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{F0214BC2-F1A9-794B-922E-B532EC6BBFDF}" name="March5" displayName="March5" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1076" dataDxfId="1075" totalsRowDxfId="1074">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{F0214BC2-F1A9-794B-922E-B532EC6BBFDF}" name="March5" displayName="March5" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1502" dataDxfId="1501" totalsRowDxfId="1500">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{5251F992-E710-C643-B160-C37BB2131D31}" name="Materiel Comité" dataDxfId="1072" totalsRowDxfId="1073" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{0DA7656D-8525-2046-AEDA-1F40E411BD0D}" name="Nombre de location" dataDxfId="1008" totalsRowDxfId="1009" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{5251F992-E710-C643-B160-C37BB2131D31}" name="Materiel Comité" dataDxfId="1498" totalsRowDxfId="1499" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{9AEC3AA3-9F0E-4B4E-A8ED-026BAE9C428F}" name="1" dataDxfId="1496" totalsRowDxfId="1497"/>
+    <tableColumn id="3" xr3:uid="{55750F7A-05DD-CB41-95C5-BE1F874725AE}" name="2" dataDxfId="1494" totalsRowDxfId="1495"/>
+    <tableColumn id="4" xr3:uid="{259912E4-C37B-5145-B99B-93F989E18A49}" name="3" dataDxfId="1492" totalsRowDxfId="1493"/>
+    <tableColumn id="5" xr3:uid="{44743504-4BFF-3B46-87DE-A0AE5C8C9FC0}" name="4" dataDxfId="1490" totalsRowDxfId="1491"/>
+    <tableColumn id="6" xr3:uid="{471BE969-F222-D642-8D1A-B386CCC29AB2}" name="5" dataDxfId="1488" totalsRowDxfId="1489"/>
+    <tableColumn id="7" xr3:uid="{35FEC3F2-5280-D342-A070-AB9A3C3BCF0A}" name="6" dataDxfId="1486" totalsRowDxfId="1487"/>
+    <tableColumn id="8" xr3:uid="{D4047C63-7046-5242-9483-0BC31BD18200}" name="7" dataDxfId="1484" totalsRowDxfId="1485"/>
+    <tableColumn id="9" xr3:uid="{79A2B7D0-444A-5942-9296-2BD32E471C66}" name="8" dataDxfId="1482" totalsRowDxfId="1483"/>
+    <tableColumn id="10" xr3:uid="{B46D113E-7D39-5A43-BAA4-11739C4AD0C2}" name="9" dataDxfId="1480" totalsRowDxfId="1481"/>
+    <tableColumn id="11" xr3:uid="{977EC8E9-AEB6-3E40-BE79-A406D4D3444D}" name="10" dataDxfId="1478" totalsRowDxfId="1479"/>
+    <tableColumn id="12" xr3:uid="{42883C66-F682-394E-8D72-6C0286CB27EA}" name="11" dataDxfId="1476" totalsRowDxfId="1477"/>
+    <tableColumn id="13" xr3:uid="{9A10401F-4CF0-8641-BCEB-2237315C8881}" name="12" dataDxfId="1474" totalsRowDxfId="1475"/>
+    <tableColumn id="14" xr3:uid="{9C8C4D04-BE8B-FB44-9666-B515D905B2D6}" name="13" dataDxfId="1472" totalsRowDxfId="1473"/>
+    <tableColumn id="15" xr3:uid="{E996717D-17EC-B048-A561-2AD987D342D0}" name="14" dataDxfId="1470" totalsRowDxfId="1471"/>
+    <tableColumn id="16" xr3:uid="{3BFEBF2B-F60F-A142-86F2-75C9DC96AFDB}" name="15" dataDxfId="1468" totalsRowDxfId="1469"/>
+    <tableColumn id="17" xr3:uid="{0C97EF54-1361-BE43-8F7F-1BCE23E1AB5A}" name="16" dataDxfId="1466" totalsRowDxfId="1467"/>
+    <tableColumn id="18" xr3:uid="{257791F4-E1CB-0642-BD3B-FB1B81C57DF1}" name="17" dataDxfId="1464" totalsRowDxfId="1465"/>
+    <tableColumn id="19" xr3:uid="{BB7AB6EF-7B76-5946-B53A-22DB3EB1F3FC}" name="18" dataDxfId="1462" totalsRowDxfId="1463"/>
+    <tableColumn id="20" xr3:uid="{85AEA6C3-1E60-234F-8E68-DD23536D850B}" name="19" dataDxfId="1460" totalsRowDxfId="1461"/>
+    <tableColumn id="21" xr3:uid="{A73B9507-91D4-9B42-8C0E-1E0FB67905F8}" name="20" dataDxfId="1458" totalsRowDxfId="1459"/>
+    <tableColumn id="22" xr3:uid="{5C7BDCBF-0A5A-4549-B80B-C8343893EAF7}" name="21" dataDxfId="1456" totalsRowDxfId="1457"/>
+    <tableColumn id="23" xr3:uid="{EC439ECF-E0C6-5D41-9DA2-07E3E82FF691}" name="22" dataDxfId="1454" totalsRowDxfId="1455"/>
+    <tableColumn id="24" xr3:uid="{97854A72-AEC9-604B-B1D4-06EC15436469}" name="23" dataDxfId="1452" totalsRowDxfId="1453"/>
+    <tableColumn id="25" xr3:uid="{F701FD79-E584-DF4B-83E9-A152532FDD15}" name="24" dataDxfId="1450" totalsRowDxfId="1451"/>
+    <tableColumn id="26" xr3:uid="{C662F6C1-F102-5942-8719-E32AD8792020}" name="25" dataDxfId="1448" totalsRowDxfId="1449"/>
+    <tableColumn id="27" xr3:uid="{50B9E2E5-9F39-0F45-AE9B-4555A77D295D}" name="26" dataDxfId="1446" totalsRowDxfId="1447"/>
+    <tableColumn id="28" xr3:uid="{3E4AF3CF-CB70-0842-B373-83CF59CBDA1D}" name="27" dataDxfId="1444" totalsRowDxfId="1445"/>
+    <tableColumn id="29" xr3:uid="{C5FCD875-31A1-4B41-AAF6-09E535D80C81}" name="28" dataDxfId="1442" totalsRowDxfId="1443"/>
+    <tableColumn id="30" xr3:uid="{84F06E67-080B-CA42-8EEC-59690B041A03}" name="29" dataDxfId="1440" totalsRowDxfId="1441"/>
+    <tableColumn id="31" xr3:uid="{284765D5-58F9-F440-84EA-ACE449176ACA}" name="30" dataDxfId="1438" totalsRowDxfId="1439"/>
+    <tableColumn id="32" xr3:uid="{9C77C5AD-4E19-B843-B9BE-2909F268D667}" name=" " dataDxfId="1436" totalsRowDxfId="1437" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{0DA7656D-8525-2046-AEDA-1F40E411BD0D}" name="Nombre de location" dataDxfId="1434" totalsRowDxfId="1435" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(March5[[#This Row],[1]:[ ]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{8E83FD69-EC79-6B43-9728-DBC90C3FDC77}" name="March58" displayName="March58" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1005" dataDxfId="1004" totalsRowDxfId="1003">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{8E83FD69-EC79-6B43-9728-DBC90C3FDC77}" name="March58" displayName="March58" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1431" dataDxfId="1430" totalsRowDxfId="1429">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{5910D0B6-76A8-1646-97A8-4AE2D1756125}" name="Materiel Comité" dataDxfId="1001" totalsRowDxfId="1002" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{C85EB010-29D3-FD4A-9882-B705BDC3D2EF}" name="Nombre de location" dataDxfId="937" totalsRowDxfId="938" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{5910D0B6-76A8-1646-97A8-4AE2D1756125}" name="Materiel Comité" dataDxfId="1427" totalsRowDxfId="1428" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{69C27970-12EA-0E42-AF5F-351BA83FD215}" name="1" dataDxfId="1425" totalsRowDxfId="1426"/>
+    <tableColumn id="3" xr3:uid="{2DB67051-6E13-964F-86B0-B00AA9A5BFAF}" name="2" dataDxfId="1423" totalsRowDxfId="1424"/>
+    <tableColumn id="4" xr3:uid="{CF201FDD-65B9-BE4B-BE51-45EFCA258036}" name="3" dataDxfId="1421" totalsRowDxfId="1422"/>
+    <tableColumn id="5" xr3:uid="{E03823B4-0CCA-7D47-BCFD-4BB07A97D88C}" name="4" dataDxfId="1419" totalsRowDxfId="1420"/>
+    <tableColumn id="6" xr3:uid="{5F39FD90-2520-0847-B186-6CA5B07A072F}" name="5" dataDxfId="1417" totalsRowDxfId="1418"/>
+    <tableColumn id="7" xr3:uid="{D7992C25-6255-D54A-8B77-C3032B2914E8}" name="6" dataDxfId="1415" totalsRowDxfId="1416"/>
+    <tableColumn id="8" xr3:uid="{161AB8A2-4451-FA40-9408-833AFFC6D7CD}" name="7" dataDxfId="1413" totalsRowDxfId="1414"/>
+    <tableColumn id="9" xr3:uid="{82432B13-145C-AC4E-A84F-0C211DED3AEE}" name="8" dataDxfId="1411" totalsRowDxfId="1412"/>
+    <tableColumn id="10" xr3:uid="{994E3A00-A93E-8A4C-A93F-5DF73DB59AA5}" name="9" dataDxfId="1409" totalsRowDxfId="1410"/>
+    <tableColumn id="11" xr3:uid="{ADA642AC-6B5D-4749-B631-64A63466A02A}" name="10" dataDxfId="1407" totalsRowDxfId="1408"/>
+    <tableColumn id="12" xr3:uid="{E1D9D052-9150-4B4A-873C-04B0C9F0EAA0}" name="11" dataDxfId="1405" totalsRowDxfId="1406"/>
+    <tableColumn id="13" xr3:uid="{7804DD46-EEB3-7047-A68F-A81094B2F0E0}" name="12" dataDxfId="1403" totalsRowDxfId="1404"/>
+    <tableColumn id="14" xr3:uid="{39F98B96-5BF4-7747-A3D2-F58049C2C331}" name="13" dataDxfId="1401" totalsRowDxfId="1402"/>
+    <tableColumn id="15" xr3:uid="{8908FF7E-1791-CA41-8CF3-4A9F971974C3}" name="14" dataDxfId="1399" totalsRowDxfId="1400"/>
+    <tableColumn id="16" xr3:uid="{773FDBBE-AB42-A546-8329-8BDAEF4D06C4}" name="15" dataDxfId="1397" totalsRowDxfId="1398"/>
+    <tableColumn id="17" xr3:uid="{01EE92EC-B490-AF40-BDB2-290F1B1C3C58}" name="16" dataDxfId="1395" totalsRowDxfId="1396"/>
+    <tableColumn id="18" xr3:uid="{DF22A54C-2BE2-1340-BC66-FDDF323ABBE0}" name="17" dataDxfId="1393" totalsRowDxfId="1394"/>
+    <tableColumn id="19" xr3:uid="{BB1CDCA3-E15B-8D4E-ABE5-0D5BE02A950E}" name="18" dataDxfId="1391" totalsRowDxfId="1392"/>
+    <tableColumn id="20" xr3:uid="{4D5E657B-D9D2-8C4A-A4EB-E29B4B8BCF70}" name="19" dataDxfId="1389" totalsRowDxfId="1390"/>
+    <tableColumn id="21" xr3:uid="{B5D1019E-86BD-A146-A976-653D87FAC02B}" name="20" dataDxfId="1387" totalsRowDxfId="1388"/>
+    <tableColumn id="22" xr3:uid="{D1F7F5A1-B363-AC44-9332-4BA33D6CCEA8}" name="21" dataDxfId="1385" totalsRowDxfId="1386"/>
+    <tableColumn id="23" xr3:uid="{0EEDA366-AE45-0947-A354-D1B1BEB67F28}" name="22" dataDxfId="1383" totalsRowDxfId="1384"/>
+    <tableColumn id="24" xr3:uid="{8DB56569-FE6B-4249-B364-D76AC1D9BE79}" name="23" dataDxfId="1381" totalsRowDxfId="1382"/>
+    <tableColumn id="25" xr3:uid="{5BECBC0C-925A-8245-AD6D-847781A68957}" name="24" dataDxfId="1379" totalsRowDxfId="1380"/>
+    <tableColumn id="26" xr3:uid="{7D745BDB-6C53-8B4B-BA72-5FBDCB5D9CCC}" name="25" dataDxfId="1377" totalsRowDxfId="1378"/>
+    <tableColumn id="27" xr3:uid="{FA6FFB4C-5E6D-DA4E-8F87-EEC900B26695}" name="26" dataDxfId="1375" totalsRowDxfId="1376"/>
+    <tableColumn id="28" xr3:uid="{A50BDA94-D72B-C043-A8B2-E1E178EA827F}" name="27" dataDxfId="1373" totalsRowDxfId="1374"/>
+    <tableColumn id="29" xr3:uid="{D68B12D0-F485-FF42-B2E6-30EC0E2C418D}" name="28" dataDxfId="1371" totalsRowDxfId="1372"/>
+    <tableColumn id="30" xr3:uid="{695C2584-A6A5-D742-A768-02D19E90DEBC}" name="29" dataDxfId="1369" totalsRowDxfId="1370"/>
+    <tableColumn id="31" xr3:uid="{0B002160-8CE9-4B4E-A7A4-CFE8C54F8781}" name="30" dataDxfId="1367" totalsRowDxfId="1368"/>
+    <tableColumn id="32" xr3:uid="{9A241B27-F77F-9E49-9678-7978D0423F17}" name="31" dataDxfId="1365" totalsRowDxfId="1366" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{C85EB010-29D3-FD4A-9882-B705BDC3D2EF}" name="Nombre de location" dataDxfId="1363" totalsRowDxfId="1364" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(March58[[#This Row],[1]:[31]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="17" xr:uid="{00000000-000C-0000-FFFF-FFFF05000000}" name="Juin" displayName="Juin" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="934" dataDxfId="933" totalsRowDxfId="932">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="17" xr:uid="{00000000-000C-0000-FFFF-FFFF05000000}" name="Juin" displayName="Juin" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1360" dataDxfId="1359" totalsRowDxfId="1358">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0500-000001000000}" name="Materiel Comité" dataDxfId="930" totalsRowDxfId="931" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0500-000021000000}" name="Nombre de location" dataDxfId="866" totalsRowDxfId="867" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0500-000001000000}" name="Materiel Comité" dataDxfId="1356" totalsRowDxfId="1357" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0500-000002000000}" name="1" dataDxfId="1354" totalsRowDxfId="1355"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0500-000003000000}" name="2" dataDxfId="1352" totalsRowDxfId="1353"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0500-000004000000}" name="3" dataDxfId="1350" totalsRowDxfId="1351"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0500-000005000000}" name="4" dataDxfId="1348" totalsRowDxfId="1349"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0500-000006000000}" name="5" dataDxfId="1346" totalsRowDxfId="1347"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0500-000007000000}" name="6" dataDxfId="1344" totalsRowDxfId="1345"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0500-000008000000}" name="7" dataDxfId="1342" totalsRowDxfId="1343"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0500-000009000000}" name="8" dataDxfId="1340" totalsRowDxfId="1341"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0500-00000A000000}" name="9" dataDxfId="1338" totalsRowDxfId="1339"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0500-00000B000000}" name="10" dataDxfId="1336" totalsRowDxfId="1337"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0500-00000C000000}" name="11" dataDxfId="1334" totalsRowDxfId="1335"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0500-00000D000000}" name="12" dataDxfId="1332" totalsRowDxfId="1333"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0500-00000E000000}" name="13" dataDxfId="1330" totalsRowDxfId="1331"/>
+    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0500-00000F000000}" name="14" dataDxfId="1328" totalsRowDxfId="1329"/>
+    <tableColumn id="16" xr3:uid="{00000000-0010-0000-0500-000010000000}" name="15" dataDxfId="1326" totalsRowDxfId="1327"/>
+    <tableColumn id="17" xr3:uid="{00000000-0010-0000-0500-000011000000}" name="16" dataDxfId="1324" totalsRowDxfId="1325"/>
+    <tableColumn id="18" xr3:uid="{00000000-0010-0000-0500-000012000000}" name="17" dataDxfId="1322" totalsRowDxfId="1323"/>
+    <tableColumn id="19" xr3:uid="{00000000-0010-0000-0500-000013000000}" name="18" dataDxfId="1320" totalsRowDxfId="1321"/>
+    <tableColumn id="20" xr3:uid="{00000000-0010-0000-0500-000014000000}" name="19" dataDxfId="1318" totalsRowDxfId="1319"/>
+    <tableColumn id="21" xr3:uid="{00000000-0010-0000-0500-000015000000}" name="20" dataDxfId="1316" totalsRowDxfId="1317"/>
+    <tableColumn id="22" xr3:uid="{00000000-0010-0000-0500-000016000000}" name="21" dataDxfId="1314" totalsRowDxfId="1315"/>
+    <tableColumn id="23" xr3:uid="{00000000-0010-0000-0500-000017000000}" name="22" dataDxfId="1312" totalsRowDxfId="1313"/>
+    <tableColumn id="24" xr3:uid="{00000000-0010-0000-0500-000018000000}" name="23" dataDxfId="1310" totalsRowDxfId="1311"/>
+    <tableColumn id="25" xr3:uid="{00000000-0010-0000-0500-000019000000}" name="24" dataDxfId="1308" totalsRowDxfId="1309"/>
+    <tableColumn id="26" xr3:uid="{00000000-0010-0000-0500-00001A000000}" name="25" dataDxfId="1306" totalsRowDxfId="1307"/>
+    <tableColumn id="27" xr3:uid="{00000000-0010-0000-0500-00001B000000}" name="26" dataDxfId="1304" totalsRowDxfId="1305"/>
+    <tableColumn id="28" xr3:uid="{00000000-0010-0000-0500-00001C000000}" name="27" dataDxfId="1302" totalsRowDxfId="1303"/>
+    <tableColumn id="29" xr3:uid="{00000000-0010-0000-0500-00001D000000}" name="28" dataDxfId="1300" totalsRowDxfId="1301"/>
+    <tableColumn id="30" xr3:uid="{00000000-0010-0000-0500-00001E000000}" name="29" dataDxfId="1298" totalsRowDxfId="1299"/>
+    <tableColumn id="31" xr3:uid="{00000000-0010-0000-0500-00001F000000}" name="30" dataDxfId="1296" totalsRowDxfId="1297"/>
+    <tableColumn id="32" xr3:uid="{00000000-0010-0000-0500-000020000000}" name=" " dataDxfId="1294" totalsRowDxfId="1295" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0500-000021000000}" name="Nombre de location" dataDxfId="1292" totalsRowDxfId="1293" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(Juin[[#This Row],[1]:[ ]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table7.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="18" xr:uid="{00000000-000C-0000-FFFF-FFFF06000000}" name="Juillet" displayName="Juillet" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="863" dataDxfId="862" totalsRowDxfId="861">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="18" xr:uid="{00000000-000C-0000-FFFF-FFFF06000000}" name="Juillet" displayName="Juillet" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1289" dataDxfId="1288" totalsRowDxfId="1287">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0600-000001000000}" name="Materiel Comité" dataDxfId="859" totalsRowDxfId="860" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0600-000021000000}" name="Nombre de location" dataDxfId="795" totalsRowDxfId="796" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0600-000001000000}" name="Materiel Comité" dataDxfId="1285" totalsRowDxfId="1286" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0600-000002000000}" name="1" dataDxfId="1283" totalsRowDxfId="1284"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0600-000003000000}" name="2" dataDxfId="1281" totalsRowDxfId="1282"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0600-000004000000}" name="3" dataDxfId="1279" totalsRowDxfId="1280"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0600-000005000000}" name="4" dataDxfId="1277" totalsRowDxfId="1278"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0600-000006000000}" name="5" dataDxfId="1275" totalsRowDxfId="1276"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0600-000007000000}" name="6" dataDxfId="1273" totalsRowDxfId="1274"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0600-000008000000}" name="7" dataDxfId="1271" totalsRowDxfId="1272"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0600-000009000000}" name="8" dataDxfId="1269" totalsRowDxfId="1270"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0600-00000A000000}" name="9" dataDxfId="1267" totalsRowDxfId="1268"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0600-00000B000000}" name="10" dataDxfId="1265" totalsRowDxfId="1266"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0600-00000C000000}" name="11" dataDxfId="1263" totalsRowDxfId="1264"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0600-00000D000000}" name="12" dataDxfId="1261" totalsRowDxfId="1262"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0600-00000E000000}" name="13" dataDxfId="1259" totalsRowDxfId="1260"/>
+    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0600-00000F000000}" name="14" dataDxfId="1257" totalsRowDxfId="1258"/>
+    <tableColumn id="16" xr3:uid="{00000000-0010-0000-0600-000010000000}" name="15" dataDxfId="1255" totalsRowDxfId="1256"/>
+    <tableColumn id="17" xr3:uid="{00000000-0010-0000-0600-000011000000}" name="16" dataDxfId="1253" totalsRowDxfId="1254"/>
+    <tableColumn id="18" xr3:uid="{00000000-0010-0000-0600-000012000000}" name="17" dataDxfId="1251" totalsRowDxfId="1252"/>
+    <tableColumn id="19" xr3:uid="{00000000-0010-0000-0600-000013000000}" name="18" dataDxfId="1249" totalsRowDxfId="1250"/>
+    <tableColumn id="20" xr3:uid="{00000000-0010-0000-0600-000014000000}" name="19" dataDxfId="1247" totalsRowDxfId="1248"/>
+    <tableColumn id="21" xr3:uid="{00000000-0010-0000-0600-000015000000}" name="20" dataDxfId="1245" totalsRowDxfId="1246"/>
+    <tableColumn id="22" xr3:uid="{00000000-0010-0000-0600-000016000000}" name="21" dataDxfId="1243" totalsRowDxfId="1244"/>
+    <tableColumn id="23" xr3:uid="{00000000-0010-0000-0600-000017000000}" name="22" dataDxfId="1241" totalsRowDxfId="1242"/>
+    <tableColumn id="24" xr3:uid="{00000000-0010-0000-0600-000018000000}" name="23" dataDxfId="1239" totalsRowDxfId="1240"/>
+    <tableColumn id="25" xr3:uid="{00000000-0010-0000-0600-000019000000}" name="24" dataDxfId="1237" totalsRowDxfId="1238"/>
+    <tableColumn id="26" xr3:uid="{00000000-0010-0000-0600-00001A000000}" name="25" dataDxfId="1235" totalsRowDxfId="1236"/>
+    <tableColumn id="27" xr3:uid="{00000000-0010-0000-0600-00001B000000}" name="26" dataDxfId="1233" totalsRowDxfId="1234"/>
+    <tableColumn id="28" xr3:uid="{00000000-0010-0000-0600-00001C000000}" name="27" dataDxfId="1231" totalsRowDxfId="1232"/>
+    <tableColumn id="29" xr3:uid="{00000000-0010-0000-0600-00001D000000}" name="28" dataDxfId="1229" totalsRowDxfId="1230"/>
+    <tableColumn id="30" xr3:uid="{00000000-0010-0000-0600-00001E000000}" name="29" dataDxfId="1227" totalsRowDxfId="1228"/>
+    <tableColumn id="31" xr3:uid="{00000000-0010-0000-0600-00001F000000}" name="30" dataDxfId="1225" totalsRowDxfId="1226"/>
+    <tableColumn id="32" xr3:uid="{00000000-0010-0000-0600-000020000000}" name="31" dataDxfId="1223" totalsRowDxfId="1224" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0600-000021000000}" name="Nombre de location" dataDxfId="1221" totalsRowDxfId="1222" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(Juillet[[#This Row],[1]:[31]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="19" xr:uid="{00000000-000C-0000-FFFF-FFFF07000000}" name="Août" displayName="Août" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="792" dataDxfId="791" totalsRowDxfId="790">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="19" xr:uid="{00000000-000C-0000-FFFF-FFFF07000000}" name="Août" displayName="Août" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1218" dataDxfId="1217" totalsRowDxfId="1216">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0700-000001000000}" name="Materiel Comité" dataDxfId="788" totalsRowDxfId="789" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0700-000021000000}" name="Nombre de location" dataDxfId="724" totalsRowDxfId="725" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0700-000001000000}" name="Materiel Comité" dataDxfId="1214" totalsRowDxfId="1215" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0700-000002000000}" name="1" dataDxfId="1212" totalsRowDxfId="1213"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0700-000003000000}" name="2" dataDxfId="1210" totalsRowDxfId="1211"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0700-000004000000}" name="3" dataDxfId="1208" totalsRowDxfId="1209"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0700-000005000000}" name="4" dataDxfId="1206" totalsRowDxfId="1207"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0700-000006000000}" name="5" dataDxfId="1204" totalsRowDxfId="1205"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0700-000007000000}" name="6" dataDxfId="1202" totalsRowDxfId="1203"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0700-000008000000}" name="7" dataDxfId="1200" totalsRowDxfId="1201"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0700-000009000000}" name="8" dataDxfId="1198" totalsRowDxfId="1199"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0700-00000A000000}" name="9" dataDxfId="1196" totalsRowDxfId="1197"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0700-00000B000000}" name="10" dataDxfId="1194" totalsRowDxfId="1195"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0700-00000C000000}" name="11" dataDxfId="1192" totalsRowDxfId="1193"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0700-00000D000000}" name="12" dataDxfId="1190" totalsRowDxfId="1191"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0700-00000E000000}" name="13" dataDxfId="1188" totalsRowDxfId="1189"/>
+    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0700-00000F000000}" name="14" dataDxfId="1186" totalsRowDxfId="1187"/>
+    <tableColumn id="16" xr3:uid="{00000000-0010-0000-0700-000010000000}" name="15" dataDxfId="1184" totalsRowDxfId="1185"/>
+    <tableColumn id="17" xr3:uid="{00000000-0010-0000-0700-000011000000}" name="16" dataDxfId="1182" totalsRowDxfId="1183"/>
+    <tableColumn id="18" xr3:uid="{00000000-0010-0000-0700-000012000000}" name="17" dataDxfId="1180" totalsRowDxfId="1181"/>
+    <tableColumn id="19" xr3:uid="{00000000-0010-0000-0700-000013000000}" name="18" dataDxfId="1178" totalsRowDxfId="1179"/>
+    <tableColumn id="20" xr3:uid="{00000000-0010-0000-0700-000014000000}" name="19" dataDxfId="1176" totalsRowDxfId="1177"/>
+    <tableColumn id="21" xr3:uid="{00000000-0010-0000-0700-000015000000}" name="20" dataDxfId="1174" totalsRowDxfId="1175"/>
+    <tableColumn id="22" xr3:uid="{00000000-0010-0000-0700-000016000000}" name="21" dataDxfId="1172" totalsRowDxfId="1173"/>
+    <tableColumn id="23" xr3:uid="{00000000-0010-0000-0700-000017000000}" name="22" dataDxfId="1170" totalsRowDxfId="1171"/>
+    <tableColumn id="24" xr3:uid="{00000000-0010-0000-0700-000018000000}" name="23" dataDxfId="1168" totalsRowDxfId="1169"/>
+    <tableColumn id="25" xr3:uid="{00000000-0010-0000-0700-000019000000}" name="24" dataDxfId="1166" totalsRowDxfId="1167"/>
+    <tableColumn id="26" xr3:uid="{00000000-0010-0000-0700-00001A000000}" name="25" dataDxfId="1164" totalsRowDxfId="1165"/>
+    <tableColumn id="27" xr3:uid="{00000000-0010-0000-0700-00001B000000}" name="26" dataDxfId="1162" totalsRowDxfId="1163"/>
+    <tableColumn id="28" xr3:uid="{00000000-0010-0000-0700-00001C000000}" name="27" dataDxfId="1160" totalsRowDxfId="1161"/>
+    <tableColumn id="29" xr3:uid="{00000000-0010-0000-0700-00001D000000}" name="28" dataDxfId="1158" totalsRowDxfId="1159"/>
+    <tableColumn id="30" xr3:uid="{00000000-0010-0000-0700-00001E000000}" name="29" dataDxfId="1156" totalsRowDxfId="1157"/>
+    <tableColumn id="31" xr3:uid="{00000000-0010-0000-0700-00001F000000}" name="30" dataDxfId="1154" totalsRowDxfId="1155"/>
+    <tableColumn id="32" xr3:uid="{00000000-0010-0000-0700-000020000000}" name="31" dataDxfId="1152" totalsRowDxfId="1153" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0700-000021000000}" name="Nombre de location" dataDxfId="1150" totalsRowDxfId="1151" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(Août[[#This Row],[1]:[31]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table9.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="20" xr:uid="{00000000-000C-0000-FFFF-FFFF08000000}" name="Septembre" displayName="Septembre" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="721" dataDxfId="720" totalsRowDxfId="719">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="20" xr:uid="{00000000-000C-0000-FFFF-FFFF08000000}" name="Septembre" displayName="Septembre" ref="B8:AH16" totalsRowShown="0" headerRowDxfId="1147" dataDxfId="1146" totalsRowDxfId="1145">
   <tableColumns count="33">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0800-000001000000}" name="Materiel Comité" dataDxfId="717" totalsRowDxfId="718" dataCellStyle="Employé"/>
-[...31 lines deleted...]
-    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0800-000021000000}" name="Nombre de location" dataDxfId="653" totalsRowDxfId="654" dataCellStyle="Total">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0800-000001000000}" name="Materiel Comité" dataDxfId="1143" totalsRowDxfId="1144" dataCellStyle="Employé"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0800-000002000000}" name="1" dataDxfId="1141" totalsRowDxfId="1142"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0800-000003000000}" name="2" dataDxfId="1139" totalsRowDxfId="1140"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0800-000004000000}" name="3" dataDxfId="1137" totalsRowDxfId="1138"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0800-000005000000}" name="4" dataDxfId="1135" totalsRowDxfId="1136"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0800-000006000000}" name="5" dataDxfId="1133" totalsRowDxfId="1134"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0800-000007000000}" name="6" dataDxfId="1131" totalsRowDxfId="1132"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0800-000008000000}" name="7" dataDxfId="1129" totalsRowDxfId="1130"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0800-000009000000}" name="8" dataDxfId="1127" totalsRowDxfId="1128"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0800-00000A000000}" name="9" dataDxfId="1125" totalsRowDxfId="1126"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0800-00000B000000}" name="10" dataDxfId="1123" totalsRowDxfId="1124"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0800-00000C000000}" name="11" dataDxfId="1121" totalsRowDxfId="1122"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0800-00000D000000}" name="12" dataDxfId="1119" totalsRowDxfId="1120"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0800-00000E000000}" name="13" dataDxfId="1117" totalsRowDxfId="1118"/>
+    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0800-00000F000000}" name="14" dataDxfId="1115" totalsRowDxfId="1116"/>
+    <tableColumn id="16" xr3:uid="{00000000-0010-0000-0800-000010000000}" name="15" dataDxfId="1113" totalsRowDxfId="1114"/>
+    <tableColumn id="17" xr3:uid="{00000000-0010-0000-0800-000011000000}" name="16" dataDxfId="1111" totalsRowDxfId="1112"/>
+    <tableColumn id="18" xr3:uid="{00000000-0010-0000-0800-000012000000}" name="17" dataDxfId="1109" totalsRowDxfId="1110"/>
+    <tableColumn id="19" xr3:uid="{00000000-0010-0000-0800-000013000000}" name="18" dataDxfId="1107" totalsRowDxfId="1108"/>
+    <tableColumn id="20" xr3:uid="{00000000-0010-0000-0800-000014000000}" name="19" dataDxfId="1105" totalsRowDxfId="1106"/>
+    <tableColumn id="21" xr3:uid="{00000000-0010-0000-0800-000015000000}" name="20" dataDxfId="1103" totalsRowDxfId="1104"/>
+    <tableColumn id="22" xr3:uid="{00000000-0010-0000-0800-000016000000}" name="21" dataDxfId="1101" totalsRowDxfId="1102"/>
+    <tableColumn id="23" xr3:uid="{00000000-0010-0000-0800-000017000000}" name="22" dataDxfId="1099" totalsRowDxfId="1100"/>
+    <tableColumn id="24" xr3:uid="{00000000-0010-0000-0800-000018000000}" name="23" dataDxfId="1097" totalsRowDxfId="1098"/>
+    <tableColumn id="25" xr3:uid="{00000000-0010-0000-0800-000019000000}" name="24" dataDxfId="1095" totalsRowDxfId="1096"/>
+    <tableColumn id="26" xr3:uid="{00000000-0010-0000-0800-00001A000000}" name="25" dataDxfId="1093" totalsRowDxfId="1094"/>
+    <tableColumn id="27" xr3:uid="{00000000-0010-0000-0800-00001B000000}" name="26" dataDxfId="1091" totalsRowDxfId="1092"/>
+    <tableColumn id="28" xr3:uid="{00000000-0010-0000-0800-00001C000000}" name="27" dataDxfId="1089" totalsRowDxfId="1090"/>
+    <tableColumn id="29" xr3:uid="{00000000-0010-0000-0800-00001D000000}" name="28" dataDxfId="1087" totalsRowDxfId="1088"/>
+    <tableColumn id="30" xr3:uid="{00000000-0010-0000-0800-00001E000000}" name="29" dataDxfId="1085" totalsRowDxfId="1086"/>
+    <tableColumn id="31" xr3:uid="{00000000-0010-0000-0800-00001F000000}" name="30" dataDxfId="1083" totalsRowDxfId="1084"/>
+    <tableColumn id="32" xr3:uid="{00000000-0010-0000-0800-000020000000}" name=" " dataDxfId="1081" totalsRowDxfId="1082" dataCellStyle="Total"/>
+    <tableColumn id="33" xr3:uid="{00000000-0010-0000-0800-000021000000}" name="Nombre de location" dataDxfId="1079" totalsRowDxfId="1080" dataCellStyle="Total">
       <calculatedColumnFormula>COUNTA(Septembre[[#This Row],[1]:[ ]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Tableau des absences des employés" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Entrez les noms des employés et les dates d’absence. Enregistrez le motif d’absence à l’aide des clés figurant dans la ligne 12 : C=Congé, M=Maladie, P=Personnel, et deux espaces réservés pour des entrées personnalisées"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="TM03987167">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -9567,75 +11914,99 @@
 <file path=xl/threadedComments/threadedComment3.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <threadedComment ref="S9" dT="2025-05-14T10:15:42.04" personId="{00000000-0000-0000-0000-000000000000}" id="{B35C2E9A-43D7-46D0-979C-0F273256D1AF}">
     <text>MYBAD</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table15.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table16.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table17.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table18.xml"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table19.xml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table20.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table21.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table22.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table23.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table24.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
@@ -10354,54 +12725,54 @@
       <c r="Y16" s="29"/>
       <c r="Z16" s="29"/>
       <c r="AA16" s="29"/>
       <c r="AB16" s="29"/>
       <c r="AC16" s="29"/>
       <c r="AD16" s="29"/>
       <c r="AE16" s="29"/>
       <c r="AF16" s="29"/>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(Janvier!$C16:$AG16)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
-    <cfRule type="expression" dxfId="1292" priority="171" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1718" priority="171" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="1291" priority="172" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1717" priority="172" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="170">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="31"/>
         <color theme="4"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{ECCE2C3C-1B01-4700-B60E-DAAAB19A9C1A}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
@@ -11082,54 +13453,54 @@
         <f>COUNTA(Octobre[[#This Row],[1]:[31]])</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:34" ht="30" customHeight="1">
       <c r="B16" s="35" t="s">
         <v>46</v>
       </c>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(Octobre[[#This Row],[1]:[31]])</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
-    <cfRule type="expression" dxfId="652" priority="8" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1078" priority="8" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="651" priority="9" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1077" priority="9" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="7">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{F32A08EA-50E8-4B5F-AB1F-5A7739FBC16C}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
@@ -11138,52 +13509,52 @@
           <x14:cfRule type="dataBar" id="{F32A08EA-50E8-4B5F-AB1F-5A7739FBC16C}">
             <x14:dataBar minLength="0" maxLength="100">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="formula">
                 <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>AH9:AH16</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr codeName="Feuil11">
     <tabColor theme="7"/>
   </sheetPr>
   <dimension ref="B1:AH16"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="AA12" sqref="AA12"/>
+    <sheetView showGridLines="0" topLeftCell="A2" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="W9" sqref="W9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" customWidth="1"/>
     <col min="3" max="33" width="4.7109375" customWidth="1"/>
     <col min="34" max="34" width="18" customWidth="1"/>
     <col min="35" max="35" width="2.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:34" ht="50.1" customHeight="1">
       <c r="B1" s="20"/>
     </row>
     <row r="2" spans="2:34" ht="100.35" customHeight="1">
       <c r="B2" s="24" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="3" spans="2:34" ht="15" customHeight="1">
       <c r="B3" s="7"/>
       <c r="C3" s="8"/>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
@@ -11804,54 +14175,54 @@
         <f>COUNTA(Novembre[[#This Row],[1]:[ ]])</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:34" ht="30" customHeight="1">
       <c r="B16" s="35" t="s">
         <v>46</v>
       </c>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(Novembre[[#This Row],[1]:[ ]])</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
-    <cfRule type="expression" dxfId="581" priority="8" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1007" priority="8" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="580" priority="9" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1006" priority="9" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="7">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{27D92E49-5CF1-46DF-AD7A-3A5E92F274F3}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
@@ -11860,52 +14231,52 @@
           <x14:cfRule type="dataBar" id="{27D92E49-5CF1-46DF-AD7A-3A5E92F274F3}">
             <x14:dataBar minLength="0" maxLength="100">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="formula">
                 <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>AH9:AH16</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <sheetPr codeName="Feuil12">
     <tabColor theme="6" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="B1:AH16"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A3" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I11" sqref="I11"/>
+    <sheetView showGridLines="0" topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="Q12" sqref="Q12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" customWidth="1"/>
     <col min="3" max="33" width="4.7109375" customWidth="1"/>
     <col min="34" max="34" width="18" customWidth="1"/>
     <col min="35" max="35" width="2.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:34" ht="50.1" customHeight="1">
       <c r="B1" s="20"/>
     </row>
     <row r="2" spans="2:34" ht="100.35" customHeight="1">
       <c r="B2" s="19" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="3" spans="2:34" ht="15" customHeight="1">
       <c r="B3" s="7"/>
       <c r="C3" s="8"/>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
@@ -12289,67 +14660,73 @@
       </c>
       <c r="H9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="O9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="P9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="Q9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
-      <c r="T9" s="1"/>
-[...1 lines deleted...]
-      <c r="V9" s="1"/>
+      <c r="T9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="U9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="V9" s="1" t="s">
+        <v>1</v>
+      </c>
       <c r="W9" s="1"/>
       <c r="X9" s="1"/>
       <c r="Y9" s="1"/>
       <c r="Z9" s="1"/>
       <c r="AA9" s="1"/>
       <c r="AB9" s="1"/>
       <c r="AC9" s="1"/>
       <c r="AD9" s="1"/>
       <c r="AE9" s="1"/>
       <c r="AF9" s="1"/>
       <c r="AG9" s="1"/>
       <c r="AH9" s="3">
         <f>COUNTA(Décembre[[#This Row],[1]:[31]])</f>
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="2:34" ht="30" customHeight="1">
       <c r="B10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
@@ -12495,206 +14872,242 @@
         <f>COUNTA(Décembre[[#This Row],[1]:[31]])</f>
         <v>3</v>
       </c>
     </row>
     <row r="14" spans="2:34" ht="30" customHeight="1">
       <c r="B14" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
-      <c r="T14" s="1"/>
-[...1 lines deleted...]
-      <c r="V14" s="1"/>
+      <c r="T14" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="U14" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="V14" s="1" t="s">
+        <v>1</v>
+      </c>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
       <c r="Y14" s="1"/>
       <c r="Z14" s="1"/>
       <c r="AA14" s="1"/>
       <c r="AB14" s="1"/>
       <c r="AC14" s="1"/>
       <c r="AD14" s="1"/>
       <c r="AE14" s="1"/>
       <c r="AF14" s="1"/>
       <c r="AG14" s="1"/>
       <c r="AH14" s="3">
         <f>COUNTA(Décembre[[#This Row],[1]:[31]])</f>
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="2:34" ht="30" customHeight="1">
       <c r="B15" s="2" t="s">
         <v>45</v>
       </c>
+      <c r="C15" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="I15" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="J15" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="K15" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="L15" s="1"/>
+      <c r="M15" s="1"/>
+      <c r="N15" s="1"/>
       <c r="AG15" s="29"/>
       <c r="AH15" s="29">
         <f>COUNTA(Décembre[[#This Row],[1]:[31]])</f>
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="2:34" ht="30" customHeight="1">
       <c r="B16" s="35" t="s">
         <v>46</v>
       </c>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(Décembre[[#This Row],[1]:[31]])</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
-  <conditionalFormatting sqref="C10:AG12 C9:F9 J9:M9 C14:AG16 C13:F13 J13:AG13 R9:AG9">
-    <cfRule type="expression" dxfId="510" priority="45" stopIfTrue="1">
+  <conditionalFormatting sqref="C10:AG12 C9:F9 J9:M9 C13:F13 J13:AG13 R9:AG9 C14:AG16">
+    <cfRule type="expression" dxfId="936" priority="45" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="509" priority="46" stopIfTrue="1">
+    <cfRule type="expression" dxfId="935" priority="46" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="44">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{17586780-365B-4F4C-BBB4-F5991705D361}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G9:I9">
-    <cfRule type="expression" dxfId="508" priority="13" stopIfTrue="1">
+    <cfRule type="expression" dxfId="934" priority="13" stopIfTrue="1">
       <formula>G9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="507" priority="14" stopIfTrue="1">
+    <cfRule type="expression" dxfId="933" priority="14" stopIfTrue="1">
       <formula>G9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G13:I13">
-    <cfRule type="expression" dxfId="506" priority="9" stopIfTrue="1">
+    <cfRule type="expression" dxfId="932" priority="9" stopIfTrue="1">
       <formula>G13="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="505" priority="10" stopIfTrue="1">
+    <cfRule type="expression" dxfId="931" priority="10" stopIfTrue="1">
       <formula>G13="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N9">
-    <cfRule type="expression" dxfId="504" priority="7" stopIfTrue="1">
+    <cfRule type="expression" dxfId="930" priority="7" stopIfTrue="1">
       <formula>N9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="503" priority="8" stopIfTrue="1">
+    <cfRule type="expression" dxfId="929" priority="8" stopIfTrue="1">
       <formula>N9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O9">
-    <cfRule type="expression" dxfId="502" priority="5" stopIfTrue="1">
+    <cfRule type="expression" dxfId="928" priority="5" stopIfTrue="1">
       <formula>O9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="501" priority="6" stopIfTrue="1">
+    <cfRule type="expression" dxfId="927" priority="6" stopIfTrue="1">
       <formula>O9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P9">
-    <cfRule type="expression" dxfId="500" priority="3" stopIfTrue="1">
+    <cfRule type="expression" dxfId="926" priority="3" stopIfTrue="1">
       <formula>P9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="499" priority="4" stopIfTrue="1">
+    <cfRule type="expression" dxfId="925" priority="4" stopIfTrue="1">
       <formula>P9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Q9">
-    <cfRule type="expression" dxfId="498" priority="1" stopIfTrue="1">
+    <cfRule type="expression" dxfId="924" priority="1" stopIfTrue="1">
       <formula>Q9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="497" priority="2" stopIfTrue="1">
+    <cfRule type="expression" dxfId="923" priority="2" stopIfTrue="1">
       <formula>Q9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{17586780-365B-4F4C-BBB4-F5991705D361}">
             <x14:dataBar minLength="0" maxLength="100">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="formula">
                 <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>AH9:AH16</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A9E62800-A7DC-44A7-B2A8-30116467CE7F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A9E62800-A7DC-44A7-B2A8-30116467CE7F}">
   <sheetPr>
     <tabColor theme="7"/>
   </sheetPr>
   <dimension ref="B1:AH16"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A2" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="O4" sqref="O4:R4"/>
+    <sheetView showGridLines="0" topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="N12" sqref="N12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" customWidth="1"/>
     <col min="3" max="33" width="4.7109375" customWidth="1"/>
     <col min="34" max="34" width="18" customWidth="1"/>
     <col min="35" max="35" width="2.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:34" ht="50.1" customHeight="1">
       <c r="B1" s="20"/>
     </row>
     <row r="2" spans="2:34" ht="100.35" customHeight="1">
       <c r="B2" s="24" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="3" spans="2:34" ht="15" customHeight="1">
       <c r="B3" s="7"/>
       <c r="C3" s="8"/>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
@@ -13053,76 +15466,102 @@
       <c r="AE8" s="1" t="s">
         <v>35</v>
       </c>
       <c r="AF8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="AG8" s="1" t="s">
         <v>37</v>
       </c>
       <c r="AH8" s="18" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="2:34" ht="30" customHeight="1">
       <c r="B9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
-      <c r="K9" s="1"/>
-[...2 lines deleted...]
-      <c r="N9" s="1"/>
+      <c r="K9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="L9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="M9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="N9" s="1" t="s">
+        <v>1</v>
+      </c>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
-      <c r="R9" s="1"/>
-[...2 lines deleted...]
-      <c r="U9" s="1"/>
+      <c r="R9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="S9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="T9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="U9" s="1" t="s">
+        <v>1</v>
+      </c>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
       <c r="X9" s="1"/>
-      <c r="Y9" s="1"/>
-[...1 lines deleted...]
-      <c r="AA9" s="1"/>
+      <c r="Y9" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="Z9" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="AA9" s="1" t="s">
+        <v>60</v>
+      </c>
       <c r="AB9" s="1"/>
       <c r="AC9" s="1"/>
       <c r="AD9" s="1"/>
       <c r="AE9" s="1"/>
-      <c r="AF9" s="1"/>
-      <c r="AG9" s="1"/>
+      <c r="AF9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG9" s="1" t="s">
+        <v>1</v>
+      </c>
       <c r="AH9" s="3">
         <f>COUNTA(Novembre26[[#This Row],[1]:[31]])</f>
-        <v>0</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="2:34" ht="30" customHeight="1">
       <c r="B10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
@@ -13312,115 +15751,116 @@
         <f>COUNTA(Novembre26[[#This Row],[1]:[31]])</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:34" ht="30" customHeight="1">
       <c r="B16" s="35" t="s">
         <v>46</v>
       </c>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(Novembre26[[#This Row],[1]:[31]])</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C10:AG16 C9:AC9">
-    <cfRule type="expression" dxfId="427" priority="4" stopIfTrue="1">
+    <cfRule type="expression" dxfId="853" priority="4" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="426" priority="5" stopIfTrue="1">
+    <cfRule type="expression" dxfId="852" priority="5" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="3">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{1331624F-5C8F-4C96-8B86-1D8A209EF11D}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD9:AG9">
-    <cfRule type="expression" dxfId="425" priority="1" stopIfTrue="1">
+    <cfRule type="expression" dxfId="851" priority="1" stopIfTrue="1">
       <formula>AD9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="424" priority="2" stopIfTrue="1">
+    <cfRule type="expression" dxfId="850" priority="2" stopIfTrue="1">
       <formula>AD9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293"/>
+  <legacyDrawing r:id="rId1"/>
   <tableParts count="1">
-    <tablePart r:id="rId1"/>
+    <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{1331624F-5C8F-4C96-8B86-1D8A209EF11D}">
             <x14:dataBar minLength="0" maxLength="100">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="formula">
                 <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>AH9:AH16</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71382820-B1DB-439E-8338-D20D910F1634}">
   <sheetPr>
     <tabColor theme="7"/>
   </sheetPr>
   <dimension ref="B1:AE16"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C9" sqref="C9"/>
+      <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" customWidth="1"/>
     <col min="3" max="30" width="4.7109375" customWidth="1"/>
     <col min="31" max="31" width="18" customWidth="1"/>
     <col min="32" max="32" width="2.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:31" ht="50.1" customHeight="1">
       <c r="B1" s="20"/>
     </row>
     <row r="2" spans="2:31" ht="100.35" customHeight="1">
       <c r="B2" s="24" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="3" spans="2:31" ht="15" customHeight="1">
       <c r="B3" s="7"/>
       <c r="C3" s="8"/>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
@@ -13741,88 +16181,96 @@
         <v>29</v>
       </c>
       <c r="Z8" s="1" t="s">
         <v>30</v>
       </c>
       <c r="AA8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="AB8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AC8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AD8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AE8" s="18" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="2:31" ht="30" customHeight="1">
       <c r="B9" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="C9" s="1"/>
+      <c r="C9" s="1" t="s">
+        <v>1</v>
+      </c>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="J9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="L9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="M9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
-      <c r="V9" s="1"/>
-[...1 lines deleted...]
-      <c r="X9" s="1"/>
+      <c r="V9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="W9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="X9" s="1" t="s">
+        <v>1</v>
+      </c>
       <c r="Y9" s="1"/>
       <c r="Z9" s="1"/>
       <c r="AA9" s="1"/>
       <c r="AB9" s="1"/>
       <c r="AC9" s="1"/>
       <c r="AD9" s="1"/>
       <c r="AE9" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="2:31" ht="30" customHeight="1">
       <c r="B10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
@@ -13996,132 +16444,132 @@
         <v>45</v>
       </c>
       <c r="AE15" s="29">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:31" ht="30" customHeight="1">
       <c r="B16" s="35" t="s">
         <v>46</v>
       </c>
       <c r="AE16" s="29">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AD6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C10:AD16 O9:AD9">
-    <cfRule type="expression" dxfId="354" priority="8" stopIfTrue="1">
+    <cfRule type="expression" dxfId="780" priority="8" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="353" priority="9" stopIfTrue="1">
+    <cfRule type="expression" dxfId="779" priority="9" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE9:AE16">
     <cfRule type="dataBar" priority="7">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{9F0D0083-CEC9-4D50-B457-53BC81185CB0}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C9:F9">
-    <cfRule type="expression" dxfId="352" priority="5" stopIfTrue="1">
+    <cfRule type="expression" dxfId="778" priority="5" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="351" priority="6" stopIfTrue="1">
+    <cfRule type="expression" dxfId="777" priority="6" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G9:J9">
-    <cfRule type="expression" dxfId="350" priority="3" stopIfTrue="1">
+    <cfRule type="expression" dxfId="776" priority="3" stopIfTrue="1">
       <formula>G9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="349" priority="4" stopIfTrue="1">
+    <cfRule type="expression" dxfId="775" priority="4" stopIfTrue="1">
       <formula>G9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K9:N9">
-    <cfRule type="expression" dxfId="348" priority="1" stopIfTrue="1">
+    <cfRule type="expression" dxfId="774" priority="1" stopIfTrue="1">
       <formula>K9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="347" priority="2" stopIfTrue="1">
+    <cfRule type="expression" dxfId="773" priority="2" stopIfTrue="1">
       <formula>K9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293"/>
   <legacyDrawing r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{9F0D0083-CEC9-4D50-B457-53BC81185CB0}">
             <x14:dataBar minLength="0" maxLength="100">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="formula">
                 <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>AE9:AE16</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EEB5DF15-248D-4DAD-A81F-0FAB903294C6}">
   <sheetPr>
     <tabColor theme="7"/>
   </sheetPr>
   <dimension ref="B1:AH16"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C7" sqref="C7:AG7"/>
+      <selection activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" customWidth="1"/>
     <col min="3" max="33" width="4.7109375" customWidth="1"/>
     <col min="34" max="34" width="18" customWidth="1"/>
     <col min="35" max="35" width="2.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:34" ht="50.1" customHeight="1">
       <c r="B1" s="20"/>
     </row>
     <row r="2" spans="2:34" ht="100.35" customHeight="1">
       <c r="B2" s="24" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="3" spans="2:34" ht="15" customHeight="1">
       <c r="B3" s="7"/>
       <c r="C3" s="8"/>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
@@ -14739,54 +17187,54 @@
         <f>COUNTA(Novembre271011[[#This Row],[1]:[31]])</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:34" ht="30" customHeight="1">
       <c r="B16" s="35" t="s">
         <v>46</v>
       </c>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(Novembre271011[[#This Row],[1]:[31]])</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
-    <cfRule type="expression" dxfId="283" priority="2" stopIfTrue="1">
+    <cfRule type="expression" dxfId="709" priority="2" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="282" priority="3" stopIfTrue="1">
+    <cfRule type="expression" dxfId="708" priority="3" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="1">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{3AC3469A-8F02-463D-8F23-ABAB912F88B9}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
@@ -15454,54 +17902,54 @@
         <f>COUNTA(Novembre2710[[#This Row],[1]:[ ]])</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:34" ht="30" customHeight="1">
       <c r="B16" s="35" t="s">
         <v>46</v>
       </c>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(Novembre2710[[#This Row],[1]:[ ]])</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
-    <cfRule type="expression" dxfId="212" priority="2" stopIfTrue="1">
+    <cfRule type="expression" dxfId="638" priority="2" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="211" priority="3" stopIfTrue="1">
+    <cfRule type="expression" dxfId="637" priority="3" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="1">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{374919B2-2F26-48A9-B9E1-4E564A8959F1}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
@@ -16172,54 +18620,54 @@
         <f>COUNTA(Novembre27[[#This Row],[1]:[31]])</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:34" ht="30" customHeight="1">
       <c r="B16" s="35" t="s">
         <v>46</v>
       </c>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(Novembre27[[#This Row],[1]:[31]])</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
-    <cfRule type="expression" dxfId="141" priority="2" stopIfTrue="1">
+    <cfRule type="expression" dxfId="567" priority="2" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="140" priority="3" stopIfTrue="1">
+    <cfRule type="expression" dxfId="566" priority="3" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="1">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{22E92746-A78F-45E7-8013-DA530CB87C46}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
@@ -16228,51 +18676,51 @@
             <x14:dataBar minLength="0" maxLength="100">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="formula">
                 <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>AH9:AH16</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB9CC6AA-E5BD-496D-9839-ABBBA8DDB9A7}">
   <sheetPr>
     <tabColor theme="7"/>
   </sheetPr>
   <dimension ref="B1:AH16"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C6" sqref="C6:AG6"/>
+      <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" customWidth="1"/>
     <col min="3" max="33" width="4.7109375" customWidth="1"/>
     <col min="34" max="34" width="18" customWidth="1"/>
     <col min="35" max="35" width="2.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:34" ht="50.1" customHeight="1">
       <c r="B1" s="20"/>
     </row>
     <row r="2" spans="2:34" ht="100.35" customHeight="1">
       <c r="B2" s="24" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="3" spans="2:34" ht="15" customHeight="1">
       <c r="B3" s="7"/>
       <c r="C3" s="8"/>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
@@ -16887,98 +19335,816 @@
         <f>COUNTA(Novembre2[[#This Row],[1]:[ ]])</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:34" ht="30" customHeight="1">
       <c r="B16" s="35" t="s">
         <v>46</v>
       </c>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(Novembre2[[#This Row],[1]:[ ]])</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
-    <cfRule type="expression" dxfId="70" priority="2" stopIfTrue="1">
+    <cfRule type="expression" dxfId="496" priority="2" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="69" priority="3" stopIfTrue="1">
+    <cfRule type="expression" dxfId="495" priority="3" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="1">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{7C7489A6-DA30-43EE-A9B5-BE255536A72B}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{7C7489A6-DA30-43EE-A9B5-BE255536A72B}">
             <x14:dataBar minLength="0" maxLength="100">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="formula">
                 <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>AH9:AH16</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{436167ED-8B84-45D5-99E7-9B952F3D7A27}">
+  <sheetPr>
+    <tabColor theme="8"/>
+  </sheetPr>
+  <dimension ref="B1:AH16"/>
+  <sheetViews>
+    <sheetView showGridLines="0" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="Y11" sqref="Y11"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
+  <cols>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
+    <col min="2" max="2" width="30.28515625" customWidth="1"/>
+    <col min="3" max="33" width="4.7109375" customWidth="1"/>
+    <col min="34" max="34" width="18" customWidth="1"/>
+    <col min="35" max="35" width="2.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:34" ht="50.1" customHeight="1">
+      <c r="B1" s="20"/>
+    </row>
+    <row r="2" spans="2:34" ht="100.35" customHeight="1">
+      <c r="B2" s="26" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="3" spans="2:34" ht="15" customHeight="1">
+      <c r="B3" s="7"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8"/>
+      <c r="E3" s="8"/>
+      <c r="F3" s="8"/>
+      <c r="G3" s="8"/>
+      <c r="H3" s="8"/>
+      <c r="I3" s="8"/>
+      <c r="J3" s="8"/>
+      <c r="K3" s="8"/>
+      <c r="L3" s="8"/>
+      <c r="M3" s="8"/>
+      <c r="N3" s="8"/>
+      <c r="O3" s="8"/>
+      <c r="P3" s="8"/>
+      <c r="Q3" s="8"/>
+      <c r="R3" s="8"/>
+      <c r="S3" s="8"/>
+      <c r="T3" s="8"/>
+      <c r="U3" s="8"/>
+      <c r="V3" s="8"/>
+      <c r="W3" s="8"/>
+      <c r="X3" s="8"/>
+      <c r="Y3" s="8"/>
+      <c r="Z3" s="8"/>
+      <c r="AA3" s="8"/>
+      <c r="AB3" s="8"/>
+      <c r="AC3" s="8"/>
+      <c r="AD3" s="8"/>
+      <c r="AE3" s="8"/>
+      <c r="AF3" s="8"/>
+      <c r="AG3" s="8"/>
+      <c r="AH3" s="8"/>
+    </row>
+    <row r="4" spans="2:34" ht="30" customHeight="1">
+      <c r="B4" s="5"/>
+      <c r="C4" s="23" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="41" t="s">
+        <v>2</v>
+      </c>
+      <c r="E4" s="41"/>
+      <c r="F4" s="34" t="s">
+        <v>3</v>
+      </c>
+      <c r="G4" s="41" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="41"/>
+      <c r="I4" s="41"/>
+      <c r="J4" s="32"/>
+      <c r="K4" s="42"/>
+      <c r="L4" s="42"/>
+      <c r="M4" s="27"/>
+      <c r="N4" s="31"/>
+      <c r="O4" s="42"/>
+      <c r="P4" s="42"/>
+      <c r="Q4" s="42"/>
+      <c r="R4" s="42"/>
+      <c r="S4" s="30"/>
+      <c r="T4" s="42"/>
+      <c r="U4" s="42"/>
+      <c r="V4" s="42"/>
+      <c r="W4" s="42"/>
+    </row>
+    <row r="5" spans="2:34" ht="15" customHeight="1">
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="6"/>
+      <c r="J5" s="6"/>
+      <c r="K5" s="6"/>
+      <c r="L5" s="6"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="6"/>
+      <c r="O5" s="6"/>
+      <c r="P5" s="6"/>
+      <c r="Q5" s="6"/>
+      <c r="R5" s="6"/>
+      <c r="S5" s="6"/>
+      <c r="T5" s="6"/>
+      <c r="U5" s="6"/>
+      <c r="V5" s="6"/>
+      <c r="W5" s="6"/>
+      <c r="X5" s="6"/>
+      <c r="Y5" s="6"/>
+      <c r="Z5" s="6"/>
+      <c r="AA5" s="6"/>
+      <c r="AB5" s="6"/>
+      <c r="AC5" s="6"/>
+      <c r="AD5" s="6"/>
+      <c r="AE5" s="6"/>
+      <c r="AF5" s="6"/>
+      <c r="AG5" s="6"/>
+      <c r="AH5" s="6"/>
+    </row>
+    <row r="6" spans="2:34" ht="50.1" customHeight="1">
+      <c r="B6" s="4"/>
+      <c r="C6" s="40" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6" s="40"/>
+      <c r="E6" s="40"/>
+      <c r="F6" s="40"/>
+      <c r="G6" s="40"/>
+      <c r="H6" s="40"/>
+      <c r="I6" s="40"/>
+      <c r="J6" s="40"/>
+      <c r="K6" s="40"/>
+      <c r="L6" s="40"/>
+      <c r="M6" s="40"/>
+      <c r="N6" s="40"/>
+      <c r="O6" s="40"/>
+      <c r="P6" s="40"/>
+      <c r="Q6" s="40"/>
+      <c r="R6" s="40"/>
+      <c r="S6" s="40"/>
+      <c r="T6" s="40"/>
+      <c r="U6" s="40"/>
+      <c r="V6" s="40"/>
+      <c r="W6" s="40"/>
+      <c r="X6" s="40"/>
+      <c r="Y6" s="40"/>
+      <c r="Z6" s="40"/>
+      <c r="AA6" s="40"/>
+      <c r="AB6" s="40"/>
+      <c r="AC6" s="40"/>
+      <c r="AD6" s="40"/>
+      <c r="AE6" s="40"/>
+      <c r="AF6" s="40"/>
+      <c r="AG6" s="40"/>
+      <c r="AH6" s="4">
+        <f>CalendarYear</f>
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="7" spans="2:34" ht="30" customHeight="1">
+      <c r="B7" s="4"/>
+      <c r="C7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,9),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="D7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,10),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="E7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,11),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="F7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,12),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="G7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,13),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="H7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,14),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="I7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,15),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="J7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,9),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="K7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,10),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="L7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,11),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="M7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,12),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="N7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,13),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="O7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,14),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="P7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,15),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="Q7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,9),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="R7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,10),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="S7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,11),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="T7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,12),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="U7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,13),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="V7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,14),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="W7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,15),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="X7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,9),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="Y7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,10),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="Z7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,11),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="AA7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,12),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="AB7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,13),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="AC7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,14),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="AD7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,15),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="AE7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,9),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="AF7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,10),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="AG7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,7,11),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="AH7" s="4"/>
+    </row>
+    <row r="8" spans="2:34" ht="30" customHeight="1">
+      <c r="B8" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="L8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="M8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="N8" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="O8" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="P8" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="R8" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="S8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="T8" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="U8" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="V8" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="W8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="X8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="Y8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AA8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AB8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AD8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AE8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AF8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AG8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH8" s="18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="9" spans="2:34" ht="30" customHeight="1">
+      <c r="B9" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1"/>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+      <c r="X9" s="1"/>
+      <c r="Y9" s="1"/>
+      <c r="Z9" s="1"/>
+      <c r="AA9" s="1"/>
+      <c r="AB9" s="1"/>
+      <c r="AC9" s="1"/>
+      <c r="AD9" s="1"/>
+      <c r="AE9" s="1"/>
+      <c r="AF9" s="1"/>
+      <c r="AG9" s="1"/>
+      <c r="AH9" s="3">
+        <f>COUNTA(Juillet12[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="2:34" ht="30" customHeight="1">
+      <c r="B10" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1"/>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1"/>
+      <c r="O10" s="1"/>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1"/>
+      <c r="R10" s="1"/>
+      <c r="S10" s="1"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+      <c r="X10" s="1"/>
+      <c r="Y10" s="1"/>
+      <c r="Z10" s="1"/>
+      <c r="AA10" s="1"/>
+      <c r="AB10" s="1"/>
+      <c r="AC10" s="1"/>
+      <c r="AD10" s="1"/>
+      <c r="AE10" s="1"/>
+      <c r="AF10" s="1"/>
+      <c r="AG10" s="1"/>
+      <c r="AH10" s="3">
+        <f>COUNTA(Juillet12[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="2:34" ht="30" customHeight="1">
+      <c r="B11" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1"/>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1"/>
+      <c r="H11" s="1"/>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1"/>
+      <c r="M11" s="1"/>
+      <c r="N11" s="1"/>
+      <c r="O11" s="1"/>
+      <c r="P11" s="1"/>
+      <c r="Q11" s="1"/>
+      <c r="R11" s="1"/>
+      <c r="S11" s="1"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+      <c r="X11" s="1"/>
+      <c r="Y11" s="1"/>
+      <c r="Z11" s="1"/>
+      <c r="AA11" s="1"/>
+      <c r="AB11" s="1"/>
+      <c r="AC11" s="1"/>
+      <c r="AD11" s="1"/>
+      <c r="AE11" s="1"/>
+      <c r="AF11" s="1"/>
+      <c r="AG11" s="1"/>
+      <c r="AH11" s="3">
+        <f>COUNTA(Juillet12[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="2:34" ht="30" customHeight="1">
+      <c r="B12" s="36" t="s">
+        <v>42</v>
+      </c>
+      <c r="C12" s="37"/>
+      <c r="D12" s="37"/>
+      <c r="E12" s="37"/>
+      <c r="F12" s="37"/>
+      <c r="G12" s="37"/>
+      <c r="H12" s="37"/>
+      <c r="I12" s="37"/>
+      <c r="J12" s="37"/>
+      <c r="K12" s="37"/>
+      <c r="L12" s="37"/>
+      <c r="M12" s="37"/>
+      <c r="N12" s="37"/>
+      <c r="O12" s="37"/>
+      <c r="P12" s="37"/>
+      <c r="Q12" s="37"/>
+      <c r="R12" s="37"/>
+      <c r="S12" s="37"/>
+      <c r="T12" s="37"/>
+      <c r="U12" s="37"/>
+      <c r="V12" s="37"/>
+      <c r="W12" s="37"/>
+      <c r="X12" s="37"/>
+      <c r="Y12" s="37"/>
+      <c r="Z12" s="37"/>
+      <c r="AA12" s="37"/>
+      <c r="AB12" s="37"/>
+      <c r="AC12" s="37"/>
+      <c r="AD12" s="37"/>
+      <c r="AE12" s="37"/>
+      <c r="AF12" s="37"/>
+      <c r="AG12" s="29"/>
+      <c r="AH12" s="3">
+        <f>COUNTA(Juillet12[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="2:34" ht="30" customHeight="1">
+      <c r="B13" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1"/>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1"/>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1"/>
+      <c r="R13" s="1"/>
+      <c r="S13" s="1"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+      <c r="X13" s="1"/>
+      <c r="Y13" s="1"/>
+      <c r="Z13" s="1"/>
+      <c r="AA13" s="1"/>
+      <c r="AB13" s="1"/>
+      <c r="AC13" s="1"/>
+      <c r="AD13" s="1"/>
+      <c r="AE13" s="1"/>
+      <c r="AF13" s="1"/>
+      <c r="AG13" s="1"/>
+      <c r="AH13" s="3">
+        <f>COUNTA(Juillet12[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="2:34" ht="30" customHeight="1">
+      <c r="B14" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1"/>
+      <c r="H14" s="1"/>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="M14" s="1"/>
+      <c r="N14" s="1"/>
+      <c r="O14" s="1"/>
+      <c r="P14" s="1"/>
+      <c r="Q14" s="1"/>
+      <c r="R14" s="1"/>
+      <c r="S14" s="1"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+      <c r="X14" s="1"/>
+      <c r="Y14" s="1"/>
+      <c r="Z14" s="1"/>
+      <c r="AA14" s="1"/>
+      <c r="AB14" s="1"/>
+      <c r="AC14" s="1"/>
+      <c r="AD14" s="1"/>
+      <c r="AE14" s="1"/>
+      <c r="AF14" s="1"/>
+      <c r="AG14" s="1"/>
+      <c r="AH14" s="3">
+        <f>COUNTA(Juillet12[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="2:34" ht="30" customHeight="1">
+      <c r="B15" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="AG15" s="29"/>
+      <c r="AH15" s="29">
+        <f>COUNTA(Juillet12[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="2:34" ht="30" customHeight="1">
+      <c r="B16" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="AG16" s="29"/>
+      <c r="AH16" s="29">
+        <f>COUNTA(Juillet12[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="G4:I4"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="O4:R4"/>
+    <mergeCell ref="T4:W4"/>
+    <mergeCell ref="C6:AG6"/>
+  </mergeCells>
+  <phoneticPr fontId="30" type="noConversion"/>
+  <conditionalFormatting sqref="C9:AG16">
+    <cfRule type="expression" dxfId="425" priority="2" stopIfTrue="1">
+      <formula>C9="C"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="424" priority="3" stopIfTrue="1">
+      <formula>C9="R"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AH9:AH16">
+    <cfRule type="dataBar" priority="1">
+      <dataBar>
+        <cfvo type="min"/>
+        <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
+        <color theme="2" tint="-0.249977111117893"/>
+      </dataBar>
+      <extLst>
+        <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
+          <x14:id>{548598EB-8772-4307-B78D-5853DC9871CE}</x14:id>
+        </ext>
+      </extLst>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
+      <x14:conditionalFormattings>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="dataBar" id="{548598EB-8772-4307-B78D-5853DC9871CE}">
+            <x14:dataBar minLength="0" maxLength="100">
+              <x14:cfvo type="autoMin"/>
+              <x14:cfvo type="formula">
+                <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
+              </x14:cfvo>
+              <x14:negativeFillColor rgb="FFFF0000"/>
+              <x14:axisColor rgb="FF000000"/>
+            </x14:dataBar>
+          </x14:cfRule>
+          <xm:sqref>AH9:AH16</xm:sqref>
+        </x14:conditionalFormatting>
+      </x14:conditionalFormattings>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Feuil2">
     <tabColor theme="6" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:AH16"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B12" sqref="B12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="30" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" customWidth="1"/>
     <col min="3" max="33" width="4.7109375" customWidth="1"/>
     <col min="34" max="34" width="18" customWidth="1"/>
     <col min="35" max="35" width="2.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="50.1" customHeight="1">
       <c r="B1" s="20"/>
     </row>
     <row r="2" spans="1:34" s="9" customFormat="1" ht="100.35" customHeight="1">
       <c r="A2"/>
@@ -17660,188 +20826,188 @@
       <c r="Y16" s="33"/>
       <c r="Z16" s="33"/>
       <c r="AA16" s="33"/>
       <c r="AB16" s="33"/>
       <c r="AC16" s="33"/>
       <c r="AD16" s="33"/>
       <c r="AE16" s="33"/>
       <c r="AF16" s="33"/>
       <c r="AG16" s="33"/>
       <c r="AH16" s="29">
         <f>COUNTA(Février[[#This Row],[1]:[29]])</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
-    <cfRule type="expression" dxfId="1222" priority="155" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1648" priority="155" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="1221" priority="156" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1647" priority="156" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE7">
-    <cfRule type="expression" dxfId="1220" priority="1">
+    <cfRule type="expression" dxfId="1646" priority="1">
       <formula>MONTH(DATE(CalendarYear,2,29))&lt;&gt;2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE8">
-    <cfRule type="expression" dxfId="1219" priority="17">
+    <cfRule type="expression" dxfId="1645" priority="17">
       <formula>MONTH(DATE(CalendarYear,2,29))&lt;&gt;2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="154">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="4"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{94738C71-AB78-40C3-A818-D083AE35CC38}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{94738C71-AB78-40C3-A818-D083AE35CC38}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="formula">
                 <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>AH9:AH16</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-    <tabColor theme="4" tint="0.499984740745262"/>
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2318F3BE-ACDB-4078-92FA-0B19DCEFA4F2}">
+  <sheetPr>
+    <tabColor theme="8"/>
   </sheetPr>
   <dimension ref="B1:AH16"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B12" sqref="B12"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AD10" sqref="AD10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" customWidth="1"/>
     <col min="3" max="33" width="4.7109375" customWidth="1"/>
     <col min="34" max="34" width="18" customWidth="1"/>
     <col min="35" max="35" width="2.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:34" ht="50.1" customHeight="1">
       <c r="B1" s="20"/>
     </row>
     <row r="2" spans="2:34" ht="100.35" customHeight="1">
-      <c r="B2" s="21" t="s">
-        <v>50</v>
+      <c r="B2" s="25" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="3" spans="2:34" ht="15" customHeight="1">
       <c r="B3" s="7"/>
       <c r="C3" s="8"/>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
       <c r="G3" s="8"/>
       <c r="H3" s="8"/>
       <c r="I3" s="8"/>
       <c r="J3" s="8"/>
       <c r="K3" s="8"/>
       <c r="L3" s="8"/>
       <c r="M3" s="8"/>
       <c r="N3" s="8"/>
       <c r="O3" s="8"/>
       <c r="P3" s="8"/>
       <c r="Q3" s="8"/>
       <c r="R3" s="8"/>
       <c r="S3" s="8"/>
       <c r="T3" s="8"/>
       <c r="U3" s="8"/>
       <c r="V3" s="8"/>
       <c r="W3" s="8"/>
       <c r="X3" s="8"/>
       <c r="Y3" s="8"/>
       <c r="Z3" s="8"/>
       <c r="AA3" s="8"/>
       <c r="AB3" s="8"/>
       <c r="AC3" s="8"/>
       <c r="AD3" s="8"/>
       <c r="AE3" s="8"/>
       <c r="AF3" s="8"/>
       <c r="AG3" s="8"/>
       <c r="AH3" s="8"/>
     </row>
     <row r="4" spans="2:34" ht="30" customHeight="1">
       <c r="B4" s="5"/>
       <c r="C4" s="23" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="41" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="41"/>
       <c r="F4" s="34" t="s">
         <v>3</v>
       </c>
-      <c r="G4" s="43" t="s">
+      <c r="G4" s="41" t="s">
         <v>4</v>
       </c>
-      <c r="H4" s="42"/>
-      <c r="I4" s="42"/>
+      <c r="H4" s="41"/>
+      <c r="I4" s="41"/>
       <c r="J4" s="32"/>
       <c r="K4" s="42"/>
       <c r="L4" s="42"/>
       <c r="M4" s="27"/>
       <c r="N4" s="31"/>
       <c r="O4" s="42"/>
       <c r="P4" s="42"/>
       <c r="Q4" s="42"/>
       <c r="R4" s="42"/>
       <c r="S4" s="30"/>
       <c r="T4" s="42"/>
       <c r="U4" s="42"/>
       <c r="V4" s="42"/>
       <c r="W4" s="42"/>
     </row>
     <row r="5" spans="2:34" ht="15" customHeight="1">
       <c r="B5" s="6"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
@@ -17891,50 +21057,3646 @@
       <c r="Q6" s="40"/>
       <c r="R6" s="40"/>
       <c r="S6" s="40"/>
       <c r="T6" s="40"/>
       <c r="U6" s="40"/>
       <c r="V6" s="40"/>
       <c r="W6" s="40"/>
       <c r="X6" s="40"/>
       <c r="Y6" s="40"/>
       <c r="Z6" s="40"/>
       <c r="AA6" s="40"/>
       <c r="AB6" s="40"/>
       <c r="AC6" s="40"/>
       <c r="AD6" s="40"/>
       <c r="AE6" s="40"/>
       <c r="AF6" s="40"/>
       <c r="AG6" s="40"/>
       <c r="AH6" s="4">
         <f>CalendarYear</f>
         <v>2025</v>
       </c>
     </row>
     <row r="7" spans="2:34" ht="30" customHeight="1">
       <c r="B7" s="4"/>
       <c r="C7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,2),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="D7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,3),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="E7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,4),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="F7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,5),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="G7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,6),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="H7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,7),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="I7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,8),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="J7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,9),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="K7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,10),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="L7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,11),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="M7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,12),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="N7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,13),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="O7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,14),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="P7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,15),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="Q7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,16),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="R7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,17),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="S7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,18),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="T7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,19),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="U7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,20),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="V7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,21),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="W7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,22),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="X7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,23),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="Y7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,24),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="Z7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,25),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="AA7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,26),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="AB7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,27),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="AC7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,28),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="AD7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,29),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="AE7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,30),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="AF7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,31),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="AG7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,8,11),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="AH7" s="4"/>
+    </row>
+    <row r="8" spans="2:34" ht="30" customHeight="1">
+      <c r="B8" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="L8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="M8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="N8" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="O8" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="P8" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="R8" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="S8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="T8" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="U8" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="V8" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="W8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="X8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="Y8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AA8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AB8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AD8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AE8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AF8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AG8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH8" s="18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="9" spans="2:34" ht="30" customHeight="1">
+      <c r="B9" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1"/>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+      <c r="X9" s="1"/>
+      <c r="Y9" s="1"/>
+      <c r="Z9" s="1"/>
+      <c r="AA9" s="1"/>
+      <c r="AB9" s="1"/>
+      <c r="AC9" s="1"/>
+      <c r="AD9" s="1"/>
+      <c r="AE9" s="1"/>
+      <c r="AF9" s="1"/>
+      <c r="AG9" s="1"/>
+      <c r="AH9" s="3">
+        <f>COUNTA(Août14[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="2:34" ht="30" customHeight="1">
+      <c r="B10" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1"/>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1"/>
+      <c r="O10" s="1"/>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1"/>
+      <c r="R10" s="1"/>
+      <c r="S10" s="1"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+      <c r="X10" s="1"/>
+      <c r="Y10" s="1"/>
+      <c r="Z10" s="1"/>
+      <c r="AA10" s="1"/>
+      <c r="AB10" s="1"/>
+      <c r="AC10" s="1"/>
+      <c r="AD10" s="1"/>
+      <c r="AE10" s="1"/>
+      <c r="AF10" s="1"/>
+      <c r="AG10" s="1"/>
+      <c r="AH10" s="3">
+        <f>COUNTA(Août14[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="2:34" ht="30" customHeight="1">
+      <c r="B11" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1"/>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1"/>
+      <c r="H11" s="1"/>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1"/>
+      <c r="M11" s="1"/>
+      <c r="N11" s="1"/>
+      <c r="O11" s="1"/>
+      <c r="P11" s="1"/>
+      <c r="Q11" s="1"/>
+      <c r="R11" s="1"/>
+      <c r="S11" s="1"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+      <c r="X11" s="1"/>
+      <c r="Y11" s="1"/>
+      <c r="Z11" s="1"/>
+      <c r="AA11" s="1"/>
+      <c r="AB11" s="1"/>
+      <c r="AC11" s="1"/>
+      <c r="AD11" s="1"/>
+      <c r="AE11" s="1"/>
+      <c r="AF11" s="1"/>
+      <c r="AG11" s="1"/>
+      <c r="AH11" s="3">
+        <f>COUNTA(Août14[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="2:34" ht="30" customHeight="1">
+      <c r="B12" s="36" t="s">
+        <v>42</v>
+      </c>
+      <c r="C12" s="37"/>
+      <c r="D12" s="37"/>
+      <c r="E12" s="37"/>
+      <c r="F12" s="37"/>
+      <c r="G12" s="37"/>
+      <c r="H12" s="37"/>
+      <c r="I12" s="37"/>
+      <c r="J12" s="37"/>
+      <c r="K12" s="37"/>
+      <c r="L12" s="37"/>
+      <c r="M12" s="37"/>
+      <c r="N12" s="37"/>
+      <c r="O12" s="37"/>
+      <c r="P12" s="37"/>
+      <c r="Q12" s="37"/>
+      <c r="R12" s="37"/>
+      <c r="S12" s="37"/>
+      <c r="T12" s="37"/>
+      <c r="U12" s="37"/>
+      <c r="V12" s="37"/>
+      <c r="W12" s="37"/>
+      <c r="X12" s="37"/>
+      <c r="Y12" s="37"/>
+      <c r="Z12" s="37"/>
+      <c r="AA12" s="37"/>
+      <c r="AB12" s="37"/>
+      <c r="AC12" s="37"/>
+      <c r="AD12" s="37"/>
+      <c r="AE12" s="37"/>
+      <c r="AF12" s="37"/>
+      <c r="AG12" s="29"/>
+      <c r="AH12" s="3">
+        <f>COUNTA(Août14[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="2:34" ht="30" customHeight="1">
+      <c r="B13" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1"/>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1"/>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1"/>
+      <c r="R13" s="1"/>
+      <c r="S13" s="1"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+      <c r="X13" s="1"/>
+      <c r="Y13" s="1"/>
+      <c r="Z13" s="1"/>
+      <c r="AA13" s="1"/>
+      <c r="AB13" s="1"/>
+      <c r="AC13" s="1"/>
+      <c r="AD13" s="1"/>
+      <c r="AE13" s="1"/>
+      <c r="AF13" s="1"/>
+      <c r="AG13" s="1"/>
+      <c r="AH13" s="3">
+        <f>COUNTA(Août14[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="2:34" ht="30" customHeight="1">
+      <c r="B14" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1"/>
+      <c r="H14" s="1"/>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="M14" s="1"/>
+      <c r="N14" s="1"/>
+      <c r="O14" s="1"/>
+      <c r="P14" s="1"/>
+      <c r="Q14" s="1"/>
+      <c r="R14" s="1"/>
+      <c r="S14" s="1"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+      <c r="X14" s="1"/>
+      <c r="Y14" s="1"/>
+      <c r="Z14" s="1"/>
+      <c r="AA14" s="1"/>
+      <c r="AB14" s="1"/>
+      <c r="AC14" s="1"/>
+      <c r="AD14" s="1"/>
+      <c r="AE14" s="1"/>
+      <c r="AF14" s="1"/>
+      <c r="AG14" s="1"/>
+      <c r="AH14" s="3">
+        <f>COUNTA(Août14[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="2:34" ht="30" customHeight="1">
+      <c r="B15" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="AG15" s="29"/>
+      <c r="AH15" s="29">
+        <f>COUNTA(Août14[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="2:34" ht="30" customHeight="1">
+      <c r="B16" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="AG16" s="29"/>
+      <c r="AH16" s="29">
+        <f>COUNTA(Août14[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="G4:I4"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="O4:R4"/>
+    <mergeCell ref="T4:W4"/>
+    <mergeCell ref="C6:AG6"/>
+  </mergeCells>
+  <phoneticPr fontId="30" type="noConversion"/>
+  <conditionalFormatting sqref="C9:AG16">
+    <cfRule type="expression" dxfId="354" priority="2" stopIfTrue="1">
+      <formula>C9="C"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="353" priority="3" stopIfTrue="1">
+      <formula>C9="R"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AH9:AH16">
+    <cfRule type="dataBar" priority="1">
+      <dataBar>
+        <cfvo type="min"/>
+        <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
+        <color theme="2" tint="-0.249977111117893"/>
+      </dataBar>
+      <extLst>
+        <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
+          <x14:id>{6D551A4A-886E-4D57-9EC4-6243A853FF92}</x14:id>
+        </ext>
+      </extLst>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
+      <x14:conditionalFormattings>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="dataBar" id="{6D551A4A-886E-4D57-9EC4-6243A853FF92}">
+            <x14:dataBar minLength="0" maxLength="100">
+              <x14:cfvo type="autoMin"/>
+              <x14:cfvo type="formula">
+                <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
+              </x14:cfvo>
+              <x14:negativeFillColor rgb="FFFF0000"/>
+              <x14:axisColor rgb="FF000000"/>
+            </x14:dataBar>
+          </x14:cfRule>
+          <xm:sqref>AH9:AH16</xm:sqref>
+        </x14:conditionalFormatting>
+      </x14:conditionalFormattings>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07EA8A79-0B4E-4F24-BB06-6A1BFF085E88}">
+  <sheetPr>
+    <tabColor theme="7"/>
+  </sheetPr>
+  <dimension ref="B1:AH16"/>
+  <sheetViews>
+    <sheetView showGridLines="0" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AA11" sqref="AA11"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
+  <cols>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
+    <col min="2" max="2" width="30.28515625" customWidth="1"/>
+    <col min="3" max="33" width="4.7109375" customWidth="1"/>
+    <col min="34" max="34" width="18" customWidth="1"/>
+    <col min="35" max="35" width="2.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:34" ht="50.1" customHeight="1">
+      <c r="B1" s="20"/>
+    </row>
+    <row r="2" spans="2:34" ht="100.35" customHeight="1">
+      <c r="B2" s="24" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3" spans="2:34" ht="15" customHeight="1">
+      <c r="B3" s="7"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8"/>
+      <c r="E3" s="8"/>
+      <c r="F3" s="8"/>
+      <c r="G3" s="8"/>
+      <c r="H3" s="8"/>
+      <c r="I3" s="8"/>
+      <c r="J3" s="8"/>
+      <c r="K3" s="8"/>
+      <c r="L3" s="8"/>
+      <c r="M3" s="8"/>
+      <c r="N3" s="8"/>
+      <c r="O3" s="8"/>
+      <c r="P3" s="8"/>
+      <c r="Q3" s="8"/>
+      <c r="R3" s="8"/>
+      <c r="S3" s="8"/>
+      <c r="T3" s="8"/>
+      <c r="U3" s="8"/>
+      <c r="V3" s="8"/>
+      <c r="W3" s="8"/>
+      <c r="X3" s="8"/>
+      <c r="Y3" s="8"/>
+      <c r="Z3" s="8"/>
+      <c r="AA3" s="8"/>
+      <c r="AB3" s="8"/>
+      <c r="AC3" s="8"/>
+      <c r="AD3" s="8"/>
+      <c r="AE3" s="8"/>
+      <c r="AF3" s="8"/>
+      <c r="AG3" s="8"/>
+      <c r="AH3" s="8"/>
+    </row>
+    <row r="4" spans="2:34" ht="30" customHeight="1">
+      <c r="B4" s="5"/>
+      <c r="C4" s="23" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="41" t="s">
+        <v>2</v>
+      </c>
+      <c r="E4" s="41"/>
+      <c r="F4" s="34" t="s">
+        <v>3</v>
+      </c>
+      <c r="G4" s="41" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="41"/>
+      <c r="I4" s="41"/>
+      <c r="J4" s="32"/>
+      <c r="K4" s="42"/>
+      <c r="L4" s="42"/>
+      <c r="M4" s="27"/>
+      <c r="N4" s="31"/>
+      <c r="O4" s="42"/>
+      <c r="P4" s="42"/>
+      <c r="Q4" s="42"/>
+      <c r="R4" s="42"/>
+      <c r="S4" s="30"/>
+      <c r="T4" s="42"/>
+      <c r="U4" s="42"/>
+      <c r="V4" s="42"/>
+      <c r="W4" s="42"/>
+    </row>
+    <row r="5" spans="2:34" ht="15" customHeight="1">
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="6"/>
+      <c r="J5" s="6"/>
+      <c r="K5" s="6"/>
+      <c r="L5" s="6"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="6"/>
+      <c r="O5" s="6"/>
+      <c r="P5" s="6"/>
+      <c r="Q5" s="6"/>
+      <c r="R5" s="6"/>
+      <c r="S5" s="6"/>
+      <c r="T5" s="6"/>
+      <c r="U5" s="6"/>
+      <c r="V5" s="6"/>
+      <c r="W5" s="6"/>
+      <c r="X5" s="6"/>
+      <c r="Y5" s="6"/>
+      <c r="Z5" s="6"/>
+      <c r="AA5" s="6"/>
+      <c r="AB5" s="6"/>
+      <c r="AC5" s="6"/>
+      <c r="AD5" s="6"/>
+      <c r="AE5" s="6"/>
+      <c r="AF5" s="6"/>
+      <c r="AG5" s="6"/>
+      <c r="AH5" s="6"/>
+    </row>
+    <row r="6" spans="2:34" ht="50.1" customHeight="1">
+      <c r="B6" s="4"/>
+      <c r="C6" s="40" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6" s="40"/>
+      <c r="E6" s="40"/>
+      <c r="F6" s="40"/>
+      <c r="G6" s="40"/>
+      <c r="H6" s="40"/>
+      <c r="I6" s="40"/>
+      <c r="J6" s="40"/>
+      <c r="K6" s="40"/>
+      <c r="L6" s="40"/>
+      <c r="M6" s="40"/>
+      <c r="N6" s="40"/>
+      <c r="O6" s="40"/>
+      <c r="P6" s="40"/>
+      <c r="Q6" s="40"/>
+      <c r="R6" s="40"/>
+      <c r="S6" s="40"/>
+      <c r="T6" s="40"/>
+      <c r="U6" s="40"/>
+      <c r="V6" s="40"/>
+      <c r="W6" s="40"/>
+      <c r="X6" s="40"/>
+      <c r="Y6" s="40"/>
+      <c r="Z6" s="40"/>
+      <c r="AA6" s="40"/>
+      <c r="AB6" s="40"/>
+      <c r="AC6" s="40"/>
+      <c r="AD6" s="40"/>
+      <c r="AE6" s="40"/>
+      <c r="AF6" s="40"/>
+      <c r="AG6" s="40"/>
+      <c r="AH6" s="4">
+        <f>CalendarYear</f>
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="7" spans="2:34" ht="30" customHeight="1">
+      <c r="B7" s="4"/>
+      <c r="C7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,2),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="D7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,3),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="E7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,4),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="F7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,5),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="G7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,6),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="H7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,7),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="I7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,8),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="J7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,9),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="K7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,10),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="L7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,11),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="M7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,12),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="N7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,13),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="O7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,14),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="P7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,15),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="Q7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,16),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="R7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,17),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="S7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,18),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="T7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,19),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="U7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,20),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="V7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,21),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="W7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,22),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="X7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,23),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="Y7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,24),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="Z7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,25),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="AA7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,26),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="AB7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,27),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="AC7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,28),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="AD7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,29),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="AE7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,30),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="AF7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,9,24),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="AG7" s="17"/>
+      <c r="AH7" s="4"/>
+    </row>
+    <row r="8" spans="2:34" ht="30" customHeight="1">
+      <c r="B8" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="L8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="M8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="N8" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="O8" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="P8" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="R8" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="S8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="T8" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="U8" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="V8" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="W8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="X8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="Y8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AA8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AB8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AD8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AE8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AF8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AG8" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH8" s="18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="9" spans="2:34" ht="30" customHeight="1">
+      <c r="B9" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1"/>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+      <c r="X9" s="1"/>
+      <c r="Y9" s="1"/>
+      <c r="Z9" s="1"/>
+      <c r="AA9" s="1"/>
+      <c r="AB9" s="1"/>
+      <c r="AC9" s="1"/>
+      <c r="AD9" s="1"/>
+      <c r="AE9" s="1"/>
+      <c r="AF9" s="1"/>
+      <c r="AG9" s="1"/>
+      <c r="AH9" s="3">
+        <f>COUNTA(Septembre16[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="2:34" ht="30" customHeight="1">
+      <c r="B10" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1"/>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1"/>
+      <c r="O10" s="1"/>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1"/>
+      <c r="R10" s="1"/>
+      <c r="S10" s="1"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+      <c r="X10" s="1"/>
+      <c r="Y10" s="1"/>
+      <c r="Z10" s="1"/>
+      <c r="AA10" s="1"/>
+      <c r="AB10" s="1"/>
+      <c r="AC10" s="1"/>
+      <c r="AD10" s="1"/>
+      <c r="AE10" s="1"/>
+      <c r="AF10" s="1"/>
+      <c r="AG10" s="1"/>
+      <c r="AH10" s="3">
+        <f>COUNTA(Septembre16[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="2:34" ht="30" customHeight="1">
+      <c r="B11" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1"/>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1"/>
+      <c r="H11" s="1"/>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1"/>
+      <c r="M11" s="1"/>
+      <c r="N11" s="1"/>
+      <c r="O11" s="1"/>
+      <c r="P11" s="1"/>
+      <c r="Q11" s="1"/>
+      <c r="R11" s="1"/>
+      <c r="S11" s="1"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+      <c r="X11" s="1"/>
+      <c r="Y11" s="1"/>
+      <c r="Z11" s="1"/>
+      <c r="AA11" s="1"/>
+      <c r="AB11" s="1"/>
+      <c r="AC11" s="1"/>
+      <c r="AD11" s="1"/>
+      <c r="AE11" s="1"/>
+      <c r="AF11" s="1"/>
+      <c r="AG11" s="1"/>
+      <c r="AH11" s="3">
+        <f>COUNTA(Septembre16[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="2:34" ht="30" customHeight="1">
+      <c r="B12" s="36" t="s">
+        <v>42</v>
+      </c>
+      <c r="C12" s="37"/>
+      <c r="D12" s="37"/>
+      <c r="E12" s="37"/>
+      <c r="F12" s="37"/>
+      <c r="G12" s="37"/>
+      <c r="H12" s="37"/>
+      <c r="I12" s="37"/>
+      <c r="J12" s="37"/>
+      <c r="K12" s="37"/>
+      <c r="L12" s="37"/>
+      <c r="M12" s="37"/>
+      <c r="N12" s="37"/>
+      <c r="O12" s="37"/>
+      <c r="P12" s="37"/>
+      <c r="Q12" s="37"/>
+      <c r="R12" s="37"/>
+      <c r="S12" s="37"/>
+      <c r="T12" s="37"/>
+      <c r="U12" s="37"/>
+      <c r="V12" s="37"/>
+      <c r="W12" s="37"/>
+      <c r="X12" s="37"/>
+      <c r="Y12" s="37"/>
+      <c r="Z12" s="37"/>
+      <c r="AA12" s="37"/>
+      <c r="AB12" s="37"/>
+      <c r="AC12" s="37"/>
+      <c r="AD12" s="37"/>
+      <c r="AE12" s="37"/>
+      <c r="AF12" s="37"/>
+      <c r="AG12" s="29"/>
+      <c r="AH12" s="3">
+        <f>COUNTA(Septembre16[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="2:34" ht="30" customHeight="1">
+      <c r="B13" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1"/>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1"/>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1"/>
+      <c r="R13" s="1"/>
+      <c r="S13" s="1"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+      <c r="X13" s="1"/>
+      <c r="Y13" s="1"/>
+      <c r="Z13" s="1"/>
+      <c r="AA13" s="1"/>
+      <c r="AB13" s="1"/>
+      <c r="AC13" s="1"/>
+      <c r="AD13" s="1"/>
+      <c r="AE13" s="1"/>
+      <c r="AF13" s="1"/>
+      <c r="AG13" s="1"/>
+      <c r="AH13" s="3">
+        <f>COUNTA(Septembre16[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="2:34" ht="30" customHeight="1">
+      <c r="B14" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1"/>
+      <c r="H14" s="1"/>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="M14" s="1"/>
+      <c r="N14" s="1"/>
+      <c r="O14" s="1"/>
+      <c r="P14" s="1"/>
+      <c r="Q14" s="1"/>
+      <c r="R14" s="1"/>
+      <c r="S14" s="1"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+      <c r="X14" s="1"/>
+      <c r="Y14" s="1"/>
+      <c r="Z14" s="1"/>
+      <c r="AA14" s="1"/>
+      <c r="AB14" s="1"/>
+      <c r="AC14" s="1"/>
+      <c r="AD14" s="1"/>
+      <c r="AE14" s="1"/>
+      <c r="AF14" s="1"/>
+      <c r="AG14" s="1"/>
+      <c r="AH14" s="3">
+        <f>COUNTA(Septembre16[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="2:34" ht="30" customHeight="1">
+      <c r="B15" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="AG15" s="29"/>
+      <c r="AH15" s="29">
+        <f>COUNTA(Septembre16[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="2:34" ht="30" customHeight="1">
+      <c r="B16" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="AG16" s="29"/>
+      <c r="AH16" s="29">
+        <f>COUNTA(Septembre16[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="G4:I4"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="O4:R4"/>
+    <mergeCell ref="T4:W4"/>
+    <mergeCell ref="C6:AG6"/>
+  </mergeCells>
+  <phoneticPr fontId="30" type="noConversion"/>
+  <conditionalFormatting sqref="C9:AG16">
+    <cfRule type="expression" dxfId="283" priority="2" stopIfTrue="1">
+      <formula>C9="C"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="282" priority="3" stopIfTrue="1">
+      <formula>C9="R"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AH9:AH16">
+    <cfRule type="dataBar" priority="1">
+      <dataBar>
+        <cfvo type="min"/>
+        <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
+        <color theme="2" tint="-0.249977111117893"/>
+      </dataBar>
+      <extLst>
+        <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
+          <x14:id>{8B35E256-503C-4EF7-9F6C-E1EFEC2DFF1B}</x14:id>
+        </ext>
+      </extLst>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
+      <x14:conditionalFormattings>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="dataBar" id="{8B35E256-503C-4EF7-9F6C-E1EFEC2DFF1B}">
+            <x14:dataBar minLength="0" maxLength="100">
+              <x14:cfvo type="autoMin"/>
+              <x14:cfvo type="formula">
+                <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
+              </x14:cfvo>
+              <x14:negativeFillColor rgb="FFFF0000"/>
+              <x14:axisColor rgb="FF000000"/>
+            </x14:dataBar>
+          </x14:cfRule>
+          <xm:sqref>AH9:AH16</xm:sqref>
+        </x14:conditionalFormatting>
+      </x14:conditionalFormattings>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D248B540-39DF-4D90-98E6-75F9FA148C08}">
+  <sheetPr>
+    <tabColor theme="7"/>
+  </sheetPr>
+  <dimension ref="B1:AH16"/>
+  <sheetViews>
+    <sheetView showGridLines="0" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AE11" sqref="AE11"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
+  <cols>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
+    <col min="2" max="2" width="30.28515625" customWidth="1"/>
+    <col min="3" max="33" width="4.7109375" customWidth="1"/>
+    <col min="34" max="34" width="18" customWidth="1"/>
+    <col min="35" max="35" width="2.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:34" ht="50.1" customHeight="1">
+      <c r="B1" s="20"/>
+    </row>
+    <row r="2" spans="2:34" ht="100.35" customHeight="1">
+      <c r="B2" s="24" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3" spans="2:34" ht="15" customHeight="1">
+      <c r="B3" s="7"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8"/>
+      <c r="E3" s="8"/>
+      <c r="F3" s="8"/>
+      <c r="G3" s="8"/>
+      <c r="H3" s="8"/>
+      <c r="I3" s="8"/>
+      <c r="J3" s="8"/>
+      <c r="K3" s="8"/>
+      <c r="L3" s="8"/>
+      <c r="M3" s="8"/>
+      <c r="N3" s="8"/>
+      <c r="O3" s="8"/>
+      <c r="P3" s="8"/>
+      <c r="Q3" s="8"/>
+      <c r="R3" s="8"/>
+      <c r="S3" s="8"/>
+      <c r="T3" s="8"/>
+      <c r="U3" s="8"/>
+      <c r="V3" s="8"/>
+      <c r="W3" s="8"/>
+      <c r="X3" s="8"/>
+      <c r="Y3" s="8"/>
+      <c r="Z3" s="8"/>
+      <c r="AA3" s="8"/>
+      <c r="AB3" s="8"/>
+      <c r="AC3" s="8"/>
+      <c r="AD3" s="8"/>
+      <c r="AE3" s="8"/>
+      <c r="AF3" s="8"/>
+      <c r="AG3" s="8"/>
+      <c r="AH3" s="8"/>
+    </row>
+    <row r="4" spans="2:34" ht="30" customHeight="1">
+      <c r="B4" s="5"/>
+      <c r="C4" s="23" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="41" t="s">
+        <v>2</v>
+      </c>
+      <c r="E4" s="41"/>
+      <c r="F4" s="34" t="s">
+        <v>3</v>
+      </c>
+      <c r="G4" s="41" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="41"/>
+      <c r="I4" s="41"/>
+      <c r="J4" s="32"/>
+      <c r="K4" s="42"/>
+      <c r="L4" s="42"/>
+      <c r="M4" s="27"/>
+      <c r="N4" s="31"/>
+      <c r="O4" s="42"/>
+      <c r="P4" s="42"/>
+      <c r="Q4" s="42"/>
+      <c r="R4" s="42"/>
+      <c r="S4" s="30"/>
+      <c r="T4" s="42"/>
+      <c r="U4" s="42"/>
+      <c r="V4" s="42"/>
+      <c r="W4" s="42"/>
+    </row>
+    <row r="5" spans="2:34" ht="15" customHeight="1">
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="6"/>
+      <c r="J5" s="6"/>
+      <c r="K5" s="6"/>
+      <c r="L5" s="6"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="6"/>
+      <c r="O5" s="6"/>
+      <c r="P5" s="6"/>
+      <c r="Q5" s="6"/>
+      <c r="R5" s="6"/>
+      <c r="S5" s="6"/>
+      <c r="T5" s="6"/>
+      <c r="U5" s="6"/>
+      <c r="V5" s="6"/>
+      <c r="W5" s="6"/>
+      <c r="X5" s="6"/>
+      <c r="Y5" s="6"/>
+      <c r="Z5" s="6"/>
+      <c r="AA5" s="6"/>
+      <c r="AB5" s="6"/>
+      <c r="AC5" s="6"/>
+      <c r="AD5" s="6"/>
+      <c r="AE5" s="6"/>
+      <c r="AF5" s="6"/>
+      <c r="AG5" s="6"/>
+      <c r="AH5" s="6"/>
+    </row>
+    <row r="6" spans="2:34" ht="50.1" customHeight="1">
+      <c r="B6" s="4"/>
+      <c r="C6" s="40" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6" s="40"/>
+      <c r="E6" s="40"/>
+      <c r="F6" s="40"/>
+      <c r="G6" s="40"/>
+      <c r="H6" s="40"/>
+      <c r="I6" s="40"/>
+      <c r="J6" s="40"/>
+      <c r="K6" s="40"/>
+      <c r="L6" s="40"/>
+      <c r="M6" s="40"/>
+      <c r="N6" s="40"/>
+      <c r="O6" s="40"/>
+      <c r="P6" s="40"/>
+      <c r="Q6" s="40"/>
+      <c r="R6" s="40"/>
+      <c r="S6" s="40"/>
+      <c r="T6" s="40"/>
+      <c r="U6" s="40"/>
+      <c r="V6" s="40"/>
+      <c r="W6" s="40"/>
+      <c r="X6" s="40"/>
+      <c r="Y6" s="40"/>
+      <c r="Z6" s="40"/>
+      <c r="AA6" s="40"/>
+      <c r="AB6" s="40"/>
+      <c r="AC6" s="40"/>
+      <c r="AD6" s="40"/>
+      <c r="AE6" s="40"/>
+      <c r="AF6" s="40"/>
+      <c r="AG6" s="40"/>
+      <c r="AH6" s="4">
+        <f>CalendarYear</f>
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="7" spans="2:34" ht="30" customHeight="1">
+      <c r="B7" s="4"/>
+      <c r="C7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,2),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="D7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,3),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="E7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,4),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="F7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,5),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="G7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,6),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="H7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,7),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="I7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,8),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="J7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,9),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="K7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,10),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="L7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,11),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="M7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,12),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="N7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,13),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="O7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,14),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="P7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,15),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="Q7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,16),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="R7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,17),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="S7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,18),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="T7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,19),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="U7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,20),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="V7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,21),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="W7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,22),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="X7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,23),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="Y7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,24),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="Z7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,25),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="AA7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,26),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="AB7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,27),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="AC7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,28),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="AD7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,29),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="AE7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,30),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="AF7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,31),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="AG7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,10,25),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="AH7" s="4"/>
+    </row>
+    <row r="8" spans="2:34" ht="30" customHeight="1">
+      <c r="B8" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="L8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="M8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="N8" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="O8" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="P8" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="R8" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="S8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="T8" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="U8" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="V8" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="W8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="X8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="Y8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AA8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AB8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AD8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AE8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AF8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AG8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH8" s="18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="9" spans="2:34" ht="30" customHeight="1">
+      <c r="B9" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1"/>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+      <c r="X9" s="1"/>
+      <c r="Y9" s="1"/>
+      <c r="Z9" s="1"/>
+      <c r="AA9" s="1"/>
+      <c r="AB9" s="1"/>
+      <c r="AC9" s="1"/>
+      <c r="AD9" s="1"/>
+      <c r="AE9" s="1"/>
+      <c r="AF9" s="1"/>
+      <c r="AG9" s="1"/>
+      <c r="AH9" s="3">
+        <f>COUNTA(Octobre17[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="2:34" ht="30" customHeight="1">
+      <c r="B10" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1"/>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1"/>
+      <c r="O10" s="1"/>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1"/>
+      <c r="R10" s="1"/>
+      <c r="S10" s="1"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+      <c r="X10" s="1"/>
+      <c r="Y10" s="1"/>
+      <c r="Z10" s="1"/>
+      <c r="AA10" s="1"/>
+      <c r="AB10" s="1"/>
+      <c r="AC10" s="1"/>
+      <c r="AD10" s="1"/>
+      <c r="AE10" s="1"/>
+      <c r="AF10" s="1"/>
+      <c r="AG10" s="1"/>
+      <c r="AH10" s="3">
+        <f>COUNTA(Octobre17[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="2:34" ht="30" customHeight="1">
+      <c r="B11" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1"/>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1"/>
+      <c r="H11" s="1"/>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1"/>
+      <c r="M11" s="1"/>
+      <c r="N11" s="1"/>
+      <c r="O11" s="1"/>
+      <c r="P11" s="1"/>
+      <c r="Q11" s="1"/>
+      <c r="R11" s="1"/>
+      <c r="S11" s="1"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+      <c r="X11" s="1"/>
+      <c r="Y11" s="1"/>
+      <c r="Z11" s="1"/>
+      <c r="AA11" s="1"/>
+      <c r="AB11" s="1"/>
+      <c r="AC11" s="1"/>
+      <c r="AD11" s="1"/>
+      <c r="AE11" s="1"/>
+      <c r="AF11" s="1"/>
+      <c r="AG11" s="1"/>
+      <c r="AH11" s="3">
+        <f>COUNTA(Octobre17[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="2:34" ht="30" customHeight="1">
+      <c r="B12" s="36" t="s">
+        <v>42</v>
+      </c>
+      <c r="C12" s="37"/>
+      <c r="D12" s="37"/>
+      <c r="E12" s="37"/>
+      <c r="F12" s="37"/>
+      <c r="G12" s="37"/>
+      <c r="H12" s="37"/>
+      <c r="I12" s="37"/>
+      <c r="J12" s="37"/>
+      <c r="K12" s="37"/>
+      <c r="L12" s="37"/>
+      <c r="M12" s="37"/>
+      <c r="N12" s="37"/>
+      <c r="O12" s="37"/>
+      <c r="P12" s="37"/>
+      <c r="Q12" s="37"/>
+      <c r="R12" s="37"/>
+      <c r="S12" s="37"/>
+      <c r="T12" s="37"/>
+      <c r="U12" s="37"/>
+      <c r="V12" s="37"/>
+      <c r="W12" s="37"/>
+      <c r="X12" s="37"/>
+      <c r="Y12" s="37"/>
+      <c r="Z12" s="37"/>
+      <c r="AA12" s="37"/>
+      <c r="AB12" s="37"/>
+      <c r="AC12" s="37"/>
+      <c r="AD12" s="37"/>
+      <c r="AE12" s="37"/>
+      <c r="AF12" s="37"/>
+      <c r="AG12" s="29"/>
+      <c r="AH12" s="3">
+        <f>COUNTA(Octobre17[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="2:34" ht="30" customHeight="1">
+      <c r="B13" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1"/>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1"/>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1"/>
+      <c r="R13" s="1"/>
+      <c r="S13" s="1"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+      <c r="X13" s="1"/>
+      <c r="Y13" s="1"/>
+      <c r="Z13" s="1"/>
+      <c r="AA13" s="1"/>
+      <c r="AB13" s="1"/>
+      <c r="AC13" s="1"/>
+      <c r="AD13" s="1"/>
+      <c r="AE13" s="1"/>
+      <c r="AF13" s="1"/>
+      <c r="AG13" s="1"/>
+      <c r="AH13" s="3">
+        <f>COUNTA(Octobre17[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="2:34" ht="30" customHeight="1">
+      <c r="B14" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1"/>
+      <c r="H14" s="1"/>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="M14" s="1"/>
+      <c r="N14" s="1"/>
+      <c r="O14" s="1"/>
+      <c r="P14" s="1"/>
+      <c r="Q14" s="1"/>
+      <c r="R14" s="1"/>
+      <c r="S14" s="1"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+      <c r="X14" s="1"/>
+      <c r="Y14" s="1"/>
+      <c r="Z14" s="1"/>
+      <c r="AA14" s="1"/>
+      <c r="AB14" s="1"/>
+      <c r="AC14" s="1"/>
+      <c r="AD14" s="1"/>
+      <c r="AE14" s="1"/>
+      <c r="AF14" s="1"/>
+      <c r="AG14" s="1"/>
+      <c r="AH14" s="3">
+        <f>COUNTA(Octobre17[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="2:34" ht="30" customHeight="1">
+      <c r="B15" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="AG15" s="29"/>
+      <c r="AH15" s="29">
+        <f>COUNTA(Octobre17[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="2:34" ht="30" customHeight="1">
+      <c r="B16" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="AG16" s="29"/>
+      <c r="AH16" s="29">
+        <f>COUNTA(Octobre17[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="G4:I4"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="O4:R4"/>
+    <mergeCell ref="T4:W4"/>
+    <mergeCell ref="C6:AG6"/>
+  </mergeCells>
+  <phoneticPr fontId="30" type="noConversion"/>
+  <conditionalFormatting sqref="C9:AG16">
+    <cfRule type="expression" dxfId="212" priority="2" stopIfTrue="1">
+      <formula>C9="C"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="211" priority="3" stopIfTrue="1">
+      <formula>C9="R"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AH9:AH16">
+    <cfRule type="dataBar" priority="1">
+      <dataBar>
+        <cfvo type="min"/>
+        <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
+        <color theme="2" tint="-0.249977111117893"/>
+      </dataBar>
+      <extLst>
+        <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
+          <x14:id>{B01E2985-3A19-456B-A9A2-02E338115768}</x14:id>
+        </ext>
+      </extLst>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
+      <x14:conditionalFormattings>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="dataBar" id="{B01E2985-3A19-456B-A9A2-02E338115768}">
+            <x14:dataBar minLength="0" maxLength="100">
+              <x14:cfvo type="autoMin"/>
+              <x14:cfvo type="formula">
+                <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
+              </x14:cfvo>
+              <x14:negativeFillColor rgb="FFFF0000"/>
+              <x14:axisColor rgb="FF000000"/>
+            </x14:dataBar>
+          </x14:cfRule>
+          <xm:sqref>AH9:AH16</xm:sqref>
+        </x14:conditionalFormatting>
+      </x14:conditionalFormattings>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BF95B498-997B-4F28-BE60-442C18B282A4}">
+  <sheetPr>
+    <tabColor theme="7"/>
+  </sheetPr>
+  <dimension ref="B1:AH16"/>
+  <sheetViews>
+    <sheetView showGridLines="0" topLeftCell="B5" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AD11" sqref="AD11"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
+  <cols>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
+    <col min="2" max="2" width="30.28515625" customWidth="1"/>
+    <col min="3" max="33" width="4.7109375" customWidth="1"/>
+    <col min="34" max="34" width="18" customWidth="1"/>
+    <col min="35" max="35" width="2.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:34" ht="50.1" customHeight="1">
+      <c r="B1" s="20"/>
+    </row>
+    <row r="2" spans="2:34" ht="100.35" customHeight="1">
+      <c r="B2" s="24" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="3" spans="2:34" ht="15" customHeight="1">
+      <c r="B3" s="7"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8"/>
+      <c r="E3" s="8"/>
+      <c r="F3" s="8"/>
+      <c r="G3" s="8"/>
+      <c r="H3" s="8"/>
+      <c r="I3" s="8"/>
+      <c r="J3" s="8"/>
+      <c r="K3" s="8"/>
+      <c r="L3" s="8"/>
+      <c r="M3" s="8"/>
+      <c r="N3" s="8"/>
+      <c r="O3" s="8"/>
+      <c r="P3" s="8"/>
+      <c r="Q3" s="8"/>
+      <c r="R3" s="8"/>
+      <c r="S3" s="8"/>
+      <c r="T3" s="8"/>
+      <c r="U3" s="8"/>
+      <c r="V3" s="8"/>
+      <c r="W3" s="8"/>
+      <c r="X3" s="8"/>
+      <c r="Y3" s="8"/>
+      <c r="Z3" s="8"/>
+      <c r="AA3" s="8"/>
+      <c r="AB3" s="8"/>
+      <c r="AC3" s="8"/>
+      <c r="AD3" s="8"/>
+      <c r="AE3" s="8"/>
+      <c r="AF3" s="8"/>
+      <c r="AG3" s="8"/>
+      <c r="AH3" s="8"/>
+    </row>
+    <row r="4" spans="2:34" ht="30" customHeight="1">
+      <c r="B4" s="5"/>
+      <c r="C4" s="23" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="41" t="s">
+        <v>2</v>
+      </c>
+      <c r="E4" s="41"/>
+      <c r="F4" s="34" t="s">
+        <v>3</v>
+      </c>
+      <c r="G4" s="41" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="41"/>
+      <c r="I4" s="41"/>
+      <c r="J4" s="32"/>
+      <c r="K4" s="42"/>
+      <c r="L4" s="42"/>
+      <c r="M4" s="27"/>
+      <c r="N4" s="31"/>
+      <c r="O4" s="42"/>
+      <c r="P4" s="42"/>
+      <c r="Q4" s="42"/>
+      <c r="R4" s="42"/>
+      <c r="S4" s="30"/>
+      <c r="T4" s="42"/>
+      <c r="U4" s="42"/>
+      <c r="V4" s="42"/>
+      <c r="W4" s="42"/>
+    </row>
+    <row r="5" spans="2:34" ht="15" customHeight="1">
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="6"/>
+      <c r="J5" s="6"/>
+      <c r="K5" s="6"/>
+      <c r="L5" s="6"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="6"/>
+      <c r="O5" s="6"/>
+      <c r="P5" s="6"/>
+      <c r="Q5" s="6"/>
+      <c r="R5" s="6"/>
+      <c r="S5" s="6"/>
+      <c r="T5" s="6"/>
+      <c r="U5" s="6"/>
+      <c r="V5" s="6"/>
+      <c r="W5" s="6"/>
+      <c r="X5" s="6"/>
+      <c r="Y5" s="6"/>
+      <c r="Z5" s="6"/>
+      <c r="AA5" s="6"/>
+      <c r="AB5" s="6"/>
+      <c r="AC5" s="6"/>
+      <c r="AD5" s="6"/>
+      <c r="AE5" s="6"/>
+      <c r="AF5" s="6"/>
+      <c r="AG5" s="6"/>
+      <c r="AH5" s="6"/>
+    </row>
+    <row r="6" spans="2:34" ht="50.1" customHeight="1">
+      <c r="B6" s="4"/>
+      <c r="C6" s="40" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6" s="40"/>
+      <c r="E6" s="40"/>
+      <c r="F6" s="40"/>
+      <c r="G6" s="40"/>
+      <c r="H6" s="40"/>
+      <c r="I6" s="40"/>
+      <c r="J6" s="40"/>
+      <c r="K6" s="40"/>
+      <c r="L6" s="40"/>
+      <c r="M6" s="40"/>
+      <c r="N6" s="40"/>
+      <c r="O6" s="40"/>
+      <c r="P6" s="40"/>
+      <c r="Q6" s="40"/>
+      <c r="R6" s="40"/>
+      <c r="S6" s="40"/>
+      <c r="T6" s="40"/>
+      <c r="U6" s="40"/>
+      <c r="V6" s="40"/>
+      <c r="W6" s="40"/>
+      <c r="X6" s="40"/>
+      <c r="Y6" s="40"/>
+      <c r="Z6" s="40"/>
+      <c r="AA6" s="40"/>
+      <c r="AB6" s="40"/>
+      <c r="AC6" s="40"/>
+      <c r="AD6" s="40"/>
+      <c r="AE6" s="40"/>
+      <c r="AF6" s="40"/>
+      <c r="AG6" s="40"/>
+      <c r="AH6" s="4">
+        <f>CalendarYear</f>
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="7" spans="2:34" ht="30" customHeight="1">
+      <c r="B7" s="4"/>
+      <c r="C7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,2),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="D7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,3),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="E7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,4),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="F7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,5),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="G7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,6),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="H7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,7),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="I7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,8),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="J7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,9),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="K7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,10),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="L7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,11),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="M7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,12),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="N7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,13),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="O7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,14),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="P7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,15),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="Q7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,16),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="R7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,17),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="S7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,18),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="T7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,19),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="U7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,20),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="V7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,21),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="W7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,22),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="X7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,23),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="Y7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,24),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="Z7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,25),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="AA7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,26),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="AB7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,27),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="AC7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,28),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="AD7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,29),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="AE7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,30),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="AF7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,11,24),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="AG7" s="17"/>
+      <c r="AH7" s="4"/>
+    </row>
+    <row r="8" spans="2:34" ht="30" customHeight="1">
+      <c r="B8" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="L8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="M8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="N8" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="O8" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="P8" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="R8" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="S8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="T8" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="U8" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="V8" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="W8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="X8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="Y8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AA8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AB8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AD8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AE8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AF8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AG8" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH8" s="18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="9" spans="2:34" ht="30" customHeight="1">
+      <c r="B9" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1"/>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+      <c r="X9" s="1"/>
+      <c r="Y9" s="1"/>
+      <c r="Z9" s="1"/>
+      <c r="AA9" s="1"/>
+      <c r="AB9" s="1"/>
+      <c r="AC9" s="1"/>
+      <c r="AD9" s="1"/>
+      <c r="AE9" s="1"/>
+      <c r="AF9" s="1"/>
+      <c r="AG9" s="1"/>
+      <c r="AH9" s="3">
+        <f>COUNTA(Novembre24[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="2:34" ht="30" customHeight="1">
+      <c r="B10" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1"/>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1"/>
+      <c r="O10" s="1"/>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1"/>
+      <c r="R10" s="1"/>
+      <c r="S10" s="1"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+      <c r="X10" s="1"/>
+      <c r="Y10" s="1"/>
+      <c r="Z10" s="1"/>
+      <c r="AA10" s="1"/>
+      <c r="AB10" s="1"/>
+      <c r="AC10" s="1"/>
+      <c r="AD10" s="1"/>
+      <c r="AE10" s="1"/>
+      <c r="AF10" s="1"/>
+      <c r="AG10" s="1"/>
+      <c r="AH10" s="3">
+        <f>COUNTA(Novembre24[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="2:34" ht="30" customHeight="1">
+      <c r="B11" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1"/>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1"/>
+      <c r="H11" s="1"/>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1"/>
+      <c r="M11" s="1"/>
+      <c r="N11" s="1"/>
+      <c r="O11" s="1"/>
+      <c r="P11" s="1"/>
+      <c r="Q11" s="1"/>
+      <c r="R11" s="1"/>
+      <c r="S11" s="1"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+      <c r="X11" s="1"/>
+      <c r="Y11" s="1"/>
+      <c r="Z11" s="1"/>
+      <c r="AA11" s="1"/>
+      <c r="AB11" s="1"/>
+      <c r="AC11" s="1"/>
+      <c r="AD11" s="1"/>
+      <c r="AE11" s="1"/>
+      <c r="AF11" s="1"/>
+      <c r="AG11" s="1"/>
+      <c r="AH11" s="3">
+        <f>COUNTA(Novembre24[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="2:34" ht="30" customHeight="1">
+      <c r="B12" s="36" t="s">
+        <v>42</v>
+      </c>
+      <c r="C12" s="37"/>
+      <c r="D12" s="37"/>
+      <c r="E12" s="37"/>
+      <c r="F12" s="37"/>
+      <c r="G12" s="37"/>
+      <c r="H12" s="37"/>
+      <c r="I12" s="37"/>
+      <c r="J12" s="37"/>
+      <c r="K12" s="37"/>
+      <c r="L12" s="37"/>
+      <c r="M12" s="37"/>
+      <c r="N12" s="37"/>
+      <c r="O12" s="37"/>
+      <c r="P12" s="37"/>
+      <c r="Q12" s="37"/>
+      <c r="R12" s="37"/>
+      <c r="S12" s="37"/>
+      <c r="T12" s="37"/>
+      <c r="U12" s="37"/>
+      <c r="V12" s="37"/>
+      <c r="W12" s="37"/>
+      <c r="X12" s="37"/>
+      <c r="Y12" s="37"/>
+      <c r="Z12" s="37"/>
+      <c r="AA12" s="37"/>
+      <c r="AB12" s="37"/>
+      <c r="AC12" s="37"/>
+      <c r="AD12" s="37"/>
+      <c r="AE12" s="37"/>
+      <c r="AF12" s="37"/>
+      <c r="AG12" s="29"/>
+      <c r="AH12" s="3">
+        <f>COUNTA(Novembre24[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="2:34" ht="30" customHeight="1">
+      <c r="B13" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1"/>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1"/>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1"/>
+      <c r="R13" s="1"/>
+      <c r="S13" s="1"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+      <c r="X13" s="1"/>
+      <c r="Y13" s="1"/>
+      <c r="Z13" s="1"/>
+      <c r="AA13" s="1"/>
+      <c r="AB13" s="1"/>
+      <c r="AC13" s="1"/>
+      <c r="AD13" s="1"/>
+      <c r="AE13" s="1"/>
+      <c r="AF13" s="1"/>
+      <c r="AG13" s="1"/>
+      <c r="AH13" s="3">
+        <f>COUNTA(Novembre24[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="2:34" ht="30" customHeight="1">
+      <c r="B14" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1"/>
+      <c r="H14" s="1"/>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="M14" s="1"/>
+      <c r="N14" s="1"/>
+      <c r="O14" s="1"/>
+      <c r="P14" s="1"/>
+      <c r="Q14" s="1"/>
+      <c r="R14" s="1"/>
+      <c r="S14" s="1"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+      <c r="X14" s="1"/>
+      <c r="Y14" s="1"/>
+      <c r="Z14" s="1"/>
+      <c r="AA14" s="1"/>
+      <c r="AB14" s="1"/>
+      <c r="AC14" s="1"/>
+      <c r="AD14" s="1"/>
+      <c r="AE14" s="1"/>
+      <c r="AF14" s="1"/>
+      <c r="AG14" s="1"/>
+      <c r="AH14" s="3">
+        <f>COUNTA(Novembre24[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="2:34" ht="30" customHeight="1">
+      <c r="B15" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="AG15" s="29"/>
+      <c r="AH15" s="29">
+        <f>COUNTA(Novembre24[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="2:34" ht="30" customHeight="1">
+      <c r="B16" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="AG16" s="29"/>
+      <c r="AH16" s="29">
+        <f>COUNTA(Novembre24[[#This Row],[1]:[ ]])</f>
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="G4:I4"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="O4:R4"/>
+    <mergeCell ref="T4:W4"/>
+    <mergeCell ref="C6:AG6"/>
+  </mergeCells>
+  <phoneticPr fontId="30" type="noConversion"/>
+  <conditionalFormatting sqref="C9:AG16">
+    <cfRule type="expression" dxfId="141" priority="2" stopIfTrue="1">
+      <formula>C9="C"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="140" priority="3" stopIfTrue="1">
+      <formula>C9="R"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AH9:AH16">
+    <cfRule type="dataBar" priority="1">
+      <dataBar>
+        <cfvo type="min"/>
+        <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
+        <color theme="2" tint="-0.249977111117893"/>
+      </dataBar>
+      <extLst>
+        <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
+          <x14:id>{C95A0FFB-AEB2-49FF-8290-ABB92DED4C71}</x14:id>
+        </ext>
+      </extLst>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
+      <x14:conditionalFormattings>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="dataBar" id="{C95A0FFB-AEB2-49FF-8290-ABB92DED4C71}">
+            <x14:dataBar minLength="0" maxLength="100">
+              <x14:cfvo type="autoMin"/>
+              <x14:cfvo type="formula">
+                <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
+              </x14:cfvo>
+              <x14:negativeFillColor rgb="FFFF0000"/>
+              <x14:axisColor rgb="FF000000"/>
+            </x14:dataBar>
+          </x14:cfRule>
+          <xm:sqref>AH9:AH16</xm:sqref>
+        </x14:conditionalFormatting>
+      </x14:conditionalFormattings>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{190C12E3-C26C-45EE-B474-24DF01814C11}">
+  <sheetPr>
+    <tabColor theme="6" tint="0.39997558519241921"/>
+  </sheetPr>
+  <dimension ref="B1:AH16"/>
+  <sheetViews>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AG7" sqref="AG7"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
+  <cols>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
+    <col min="2" max="2" width="30.28515625" customWidth="1"/>
+    <col min="3" max="33" width="4.7109375" customWidth="1"/>
+    <col min="34" max="34" width="18" customWidth="1"/>
+    <col min="35" max="35" width="2.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:34" ht="50.1" customHeight="1">
+      <c r="B1" s="20"/>
+    </row>
+    <row r="2" spans="2:34" ht="100.35" customHeight="1">
+      <c r="B2" s="19" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="3" spans="2:34" ht="15" customHeight="1">
+      <c r="B3" s="7"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8"/>
+      <c r="E3" s="8"/>
+      <c r="F3" s="8"/>
+      <c r="G3" s="8"/>
+      <c r="H3" s="8"/>
+      <c r="I3" s="8"/>
+      <c r="J3" s="8"/>
+      <c r="K3" s="8"/>
+      <c r="L3" s="8"/>
+      <c r="M3" s="8"/>
+      <c r="N3" s="8"/>
+      <c r="O3" s="8"/>
+      <c r="P3" s="8"/>
+      <c r="Q3" s="8"/>
+      <c r="R3" s="8"/>
+      <c r="S3" s="8"/>
+      <c r="T3" s="8"/>
+      <c r="U3" s="8"/>
+      <c r="V3" s="8"/>
+      <c r="W3" s="8"/>
+      <c r="X3" s="8"/>
+      <c r="Y3" s="8"/>
+      <c r="Z3" s="8"/>
+      <c r="AA3" s="8"/>
+      <c r="AB3" s="8"/>
+      <c r="AC3" s="8"/>
+      <c r="AD3" s="8"/>
+      <c r="AE3" s="8"/>
+      <c r="AF3" s="8"/>
+      <c r="AG3" s="8"/>
+      <c r="AH3" s="8"/>
+    </row>
+    <row r="4" spans="2:34" ht="30" customHeight="1">
+      <c r="B4" s="5"/>
+      <c r="C4" s="23" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="41" t="s">
+        <v>2</v>
+      </c>
+      <c r="E4" s="41"/>
+      <c r="F4" s="34" t="s">
+        <v>3</v>
+      </c>
+      <c r="G4" s="41" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="41"/>
+      <c r="I4" s="41"/>
+      <c r="J4" s="32"/>
+      <c r="K4" s="42"/>
+      <c r="L4" s="42"/>
+      <c r="M4" s="27"/>
+      <c r="N4" s="31"/>
+      <c r="O4" s="42"/>
+      <c r="P4" s="42"/>
+      <c r="Q4" s="42"/>
+      <c r="R4" s="42"/>
+      <c r="S4" s="30"/>
+      <c r="T4" s="42"/>
+      <c r="U4" s="42"/>
+      <c r="V4" s="42"/>
+      <c r="W4" s="42"/>
+    </row>
+    <row r="5" spans="2:34" ht="15" customHeight="1">
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="6"/>
+      <c r="J5" s="6"/>
+      <c r="K5" s="6"/>
+      <c r="L5" s="6"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="6"/>
+      <c r="O5" s="6"/>
+      <c r="P5" s="6"/>
+      <c r="Q5" s="6"/>
+      <c r="R5" s="6"/>
+      <c r="S5" s="6"/>
+      <c r="T5" s="6"/>
+      <c r="U5" s="6"/>
+      <c r="V5" s="6"/>
+      <c r="W5" s="6"/>
+      <c r="X5" s="6"/>
+      <c r="Y5" s="6"/>
+      <c r="Z5" s="6"/>
+      <c r="AA5" s="6"/>
+      <c r="AB5" s="6"/>
+      <c r="AC5" s="6"/>
+      <c r="AD5" s="6"/>
+      <c r="AE5" s="6"/>
+      <c r="AF5" s="6"/>
+      <c r="AG5" s="6"/>
+      <c r="AH5" s="6"/>
+    </row>
+    <row r="6" spans="2:34" ht="50.1" customHeight="1">
+      <c r="B6" s="4"/>
+      <c r="C6" s="40" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6" s="40"/>
+      <c r="E6" s="40"/>
+      <c r="F6" s="40"/>
+      <c r="G6" s="40"/>
+      <c r="H6" s="40"/>
+      <c r="I6" s="40"/>
+      <c r="J6" s="40"/>
+      <c r="K6" s="40"/>
+      <c r="L6" s="40"/>
+      <c r="M6" s="40"/>
+      <c r="N6" s="40"/>
+      <c r="O6" s="40"/>
+      <c r="P6" s="40"/>
+      <c r="Q6" s="40"/>
+      <c r="R6" s="40"/>
+      <c r="S6" s="40"/>
+      <c r="T6" s="40"/>
+      <c r="U6" s="40"/>
+      <c r="V6" s="40"/>
+      <c r="W6" s="40"/>
+      <c r="X6" s="40"/>
+      <c r="Y6" s="40"/>
+      <c r="Z6" s="40"/>
+      <c r="AA6" s="40"/>
+      <c r="AB6" s="40"/>
+      <c r="AC6" s="40"/>
+      <c r="AD6" s="40"/>
+      <c r="AE6" s="40"/>
+      <c r="AF6" s="40"/>
+      <c r="AG6" s="40"/>
+      <c r="AH6" s="4">
+        <f>CalendarYear</f>
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="7" spans="2:34" ht="30" customHeight="1">
+      <c r="B7" s="4"/>
+      <c r="C7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,2),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="D7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,3),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="E7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,4),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="F7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,5),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="G7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,6),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="H7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,7),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="I7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,8),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="J7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,9),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="K7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,10),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="L7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,11),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="M7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,12),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="N7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,13),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="O7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,14),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="P7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,15),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="Q7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,16),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="R7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,17),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="S7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,18),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="T7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,19),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="U7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,20),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="V7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,21),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="W7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,22),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="X7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,23),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="Y7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,24),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="Z7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,25),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="AA7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,26),1),"jjj")</f>
+        <v>ven.</v>
+      </c>
+      <c r="AB7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,27),1),"jjj")</f>
+        <v>sam.</v>
+      </c>
+      <c r="AC7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,28),1),"jjj")</f>
+        <v>dim.</v>
+      </c>
+      <c r="AD7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,29),1),"jjj")</f>
+        <v>lun.</v>
+      </c>
+      <c r="AE7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,30),1),"jjj")</f>
+        <v>mar.</v>
+      </c>
+      <c r="AF7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,31),1),"jjj")</f>
+        <v>mer.</v>
+      </c>
+      <c r="AG7" s="17" t="str">
+        <f>TEXT(WEEKDAY(DATE(CalendarYear,12,25),1),"jjj")</f>
+        <v>jeu.</v>
+      </c>
+      <c r="AH7" s="4"/>
+    </row>
+    <row r="8" spans="2:34" ht="30" customHeight="1">
+      <c r="B8" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="L8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="M8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="N8" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="O8" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="P8" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="R8" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="S8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="T8" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="U8" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="V8" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="W8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="X8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="Y8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AA8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AB8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AD8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AE8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AF8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AG8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH8" s="18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="9" spans="2:34" ht="30" customHeight="1">
+      <c r="B9" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1"/>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+      <c r="X9" s="1"/>
+      <c r="Y9" s="1"/>
+      <c r="Z9" s="1"/>
+      <c r="AA9" s="1"/>
+      <c r="AB9" s="1"/>
+      <c r="AC9" s="1"/>
+      <c r="AD9" s="1"/>
+      <c r="AE9" s="1"/>
+      <c r="AF9" s="1"/>
+      <c r="AG9" s="1"/>
+      <c r="AH9" s="3">
+        <f>COUNTA(Décembre25[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="2:34" ht="30" customHeight="1">
+      <c r="B10" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1"/>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1"/>
+      <c r="O10" s="1"/>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1"/>
+      <c r="R10" s="1"/>
+      <c r="S10" s="1"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+      <c r="X10" s="1"/>
+      <c r="Y10" s="1"/>
+      <c r="Z10" s="1"/>
+      <c r="AA10" s="1"/>
+      <c r="AB10" s="1"/>
+      <c r="AC10" s="1"/>
+      <c r="AD10" s="1"/>
+      <c r="AE10" s="1"/>
+      <c r="AF10" s="1"/>
+      <c r="AG10" s="1"/>
+      <c r="AH10" s="3">
+        <f>COUNTA(Décembre25[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="2:34" ht="30" customHeight="1">
+      <c r="B11" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1"/>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1"/>
+      <c r="H11" s="1"/>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1"/>
+      <c r="M11" s="1"/>
+      <c r="N11" s="1"/>
+      <c r="O11" s="1"/>
+      <c r="P11" s="1"/>
+      <c r="Q11" s="1"/>
+      <c r="R11" s="1"/>
+      <c r="S11" s="1"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+      <c r="X11" s="1"/>
+      <c r="Y11" s="1"/>
+      <c r="Z11" s="1"/>
+      <c r="AA11" s="1"/>
+      <c r="AB11" s="1"/>
+      <c r="AC11" s="1"/>
+      <c r="AD11" s="1"/>
+      <c r="AE11" s="1"/>
+      <c r="AF11" s="1"/>
+      <c r="AG11" s="1"/>
+      <c r="AH11" s="3">
+        <f>COUNTA(Décembre25[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="2:34" ht="30" customHeight="1">
+      <c r="B12" s="36" t="s">
+        <v>42</v>
+      </c>
+      <c r="C12" s="37"/>
+      <c r="D12" s="37"/>
+      <c r="E12" s="37"/>
+      <c r="F12" s="37"/>
+      <c r="G12" s="37"/>
+      <c r="H12" s="37"/>
+      <c r="I12" s="37"/>
+      <c r="J12" s="37"/>
+      <c r="K12" s="37"/>
+      <c r="L12" s="37"/>
+      <c r="M12" s="37"/>
+      <c r="N12" s="37"/>
+      <c r="O12" s="37"/>
+      <c r="P12" s="37"/>
+      <c r="Q12" s="37"/>
+      <c r="R12" s="37"/>
+      <c r="S12" s="37"/>
+      <c r="T12" s="37"/>
+      <c r="U12" s="37"/>
+      <c r="V12" s="37"/>
+      <c r="W12" s="37"/>
+      <c r="X12" s="37"/>
+      <c r="Y12" s="37"/>
+      <c r="Z12" s="37"/>
+      <c r="AA12" s="37"/>
+      <c r="AB12" s="37"/>
+      <c r="AC12" s="37"/>
+      <c r="AD12" s="37"/>
+      <c r="AE12" s="37"/>
+      <c r="AF12" s="37"/>
+      <c r="AG12" s="29"/>
+      <c r="AH12" s="3">
+        <f>COUNTA(Décembre25[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="2:34" ht="30" customHeight="1">
+      <c r="B13" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1"/>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1"/>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1"/>
+      <c r="R13" s="1"/>
+      <c r="S13" s="1"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+      <c r="X13" s="1"/>
+      <c r="Y13" s="1"/>
+      <c r="Z13" s="1"/>
+      <c r="AA13" s="1"/>
+      <c r="AB13" s="1"/>
+      <c r="AC13" s="1"/>
+      <c r="AD13" s="1"/>
+      <c r="AE13" s="1"/>
+      <c r="AF13" s="1"/>
+      <c r="AG13" s="1"/>
+      <c r="AH13" s="3">
+        <f>COUNTA(Décembre25[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="2:34" ht="30" customHeight="1">
+      <c r="B14" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1"/>
+      <c r="H14" s="1"/>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="M14" s="1"/>
+      <c r="N14" s="1"/>
+      <c r="O14" s="1"/>
+      <c r="P14" s="1"/>
+      <c r="Q14" s="1"/>
+      <c r="R14" s="1"/>
+      <c r="S14" s="1"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+      <c r="X14" s="1"/>
+      <c r="Y14" s="1"/>
+      <c r="Z14" s="1"/>
+      <c r="AA14" s="1"/>
+      <c r="AB14" s="1"/>
+      <c r="AC14" s="1"/>
+      <c r="AD14" s="1"/>
+      <c r="AE14" s="1"/>
+      <c r="AF14" s="1"/>
+      <c r="AG14" s="1"/>
+      <c r="AH14" s="3">
+        <f>COUNTA(Décembre25[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="2:34" ht="30" customHeight="1">
+      <c r="B15" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C15" s="1"/>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1"/>
+      <c r="H15" s="1"/>
+      <c r="I15" s="1"/>
+      <c r="J15" s="1"/>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1"/>
+      <c r="M15" s="1"/>
+      <c r="N15" s="1"/>
+      <c r="AG15" s="29"/>
+      <c r="AH15" s="29">
+        <f>COUNTA(Décembre25[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="2:34" ht="30" customHeight="1">
+      <c r="B16" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="AG16" s="29"/>
+      <c r="AH16" s="29">
+        <f>COUNTA(Décembre25[[#This Row],[1]:[31]])</f>
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="G4:I4"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="O4:R4"/>
+    <mergeCell ref="T4:W4"/>
+    <mergeCell ref="C6:AG6"/>
+  </mergeCells>
+  <phoneticPr fontId="30" type="noConversion"/>
+  <conditionalFormatting sqref="C9:AG16">
+    <cfRule type="expression" dxfId="70" priority="14" stopIfTrue="1">
+      <formula>C9="C"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="69" priority="15" stopIfTrue="1">
+      <formula>C9="R"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AH9:AH16">
+    <cfRule type="dataBar" priority="13">
+      <dataBar>
+        <cfvo type="min"/>
+        <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
+        <color theme="2" tint="-0.249977111117893"/>
+      </dataBar>
+      <extLst>
+        <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
+          <x14:id>{B99FD633-0171-4D99-8439-3B2096091D8F}</x14:id>
+        </ext>
+      </extLst>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
+      <x14:conditionalFormattings>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="dataBar" id="{B99FD633-0171-4D99-8439-3B2096091D8F}">
+            <x14:dataBar minLength="0" maxLength="100">
+              <x14:cfvo type="autoMin"/>
+              <x14:cfvo type="formula">
+                <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
+              </x14:cfvo>
+              <x14:negativeFillColor rgb="FFFF0000"/>
+              <x14:axisColor rgb="FF000000"/>
+            </x14:dataBar>
+          </x14:cfRule>
+          <xm:sqref>AH9:AH16</xm:sqref>
+        </x14:conditionalFormatting>
+      </x14:conditionalFormattings>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <sheetPr codeName="Feuil3">
+    <tabColor theme="4" tint="0.499984740745262"/>
+  </sheetPr>
+  <dimension ref="B1:AH16"/>
+  <sheetViews>
+    <sheetView showGridLines="0" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B12" sqref="B12"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
+  <cols>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
+    <col min="2" max="2" width="30.28515625" customWidth="1"/>
+    <col min="3" max="33" width="4.7109375" customWidth="1"/>
+    <col min="34" max="34" width="18" customWidth="1"/>
+    <col min="35" max="35" width="2.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:34" ht="50.1" customHeight="1">
+      <c r="B1" s="20"/>
+    </row>
+    <row r="2" spans="2:34" ht="100.35" customHeight="1">
+      <c r="B2" s="21" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3" spans="2:34" ht="15" customHeight="1">
+      <c r="B3" s="7"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8"/>
+      <c r="E3" s="8"/>
+      <c r="F3" s="8"/>
+      <c r="G3" s="8"/>
+      <c r="H3" s="8"/>
+      <c r="I3" s="8"/>
+      <c r="J3" s="8"/>
+      <c r="K3" s="8"/>
+      <c r="L3" s="8"/>
+      <c r="M3" s="8"/>
+      <c r="N3" s="8"/>
+      <c r="O3" s="8"/>
+      <c r="P3" s="8"/>
+      <c r="Q3" s="8"/>
+      <c r="R3" s="8"/>
+      <c r="S3" s="8"/>
+      <c r="T3" s="8"/>
+      <c r="U3" s="8"/>
+      <c r="V3" s="8"/>
+      <c r="W3" s="8"/>
+      <c r="X3" s="8"/>
+      <c r="Y3" s="8"/>
+      <c r="Z3" s="8"/>
+      <c r="AA3" s="8"/>
+      <c r="AB3" s="8"/>
+      <c r="AC3" s="8"/>
+      <c r="AD3" s="8"/>
+      <c r="AE3" s="8"/>
+      <c r="AF3" s="8"/>
+      <c r="AG3" s="8"/>
+      <c r="AH3" s="8"/>
+    </row>
+    <row r="4" spans="2:34" ht="30" customHeight="1">
+      <c r="B4" s="5"/>
+      <c r="C4" s="23" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="41" t="s">
+        <v>2</v>
+      </c>
+      <c r="E4" s="41"/>
+      <c r="F4" s="34" t="s">
+        <v>3</v>
+      </c>
+      <c r="G4" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="42"/>
+      <c r="I4" s="42"/>
+      <c r="J4" s="32"/>
+      <c r="K4" s="42"/>
+      <c r="L4" s="42"/>
+      <c r="M4" s="27"/>
+      <c r="N4" s="31"/>
+      <c r="O4" s="42"/>
+      <c r="P4" s="42"/>
+      <c r="Q4" s="42"/>
+      <c r="R4" s="42"/>
+      <c r="S4" s="30"/>
+      <c r="T4" s="42"/>
+      <c r="U4" s="42"/>
+      <c r="V4" s="42"/>
+      <c r="W4" s="42"/>
+    </row>
+    <row r="5" spans="2:34" ht="15" customHeight="1">
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="6"/>
+      <c r="J5" s="6"/>
+      <c r="K5" s="6"/>
+      <c r="L5" s="6"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="6"/>
+      <c r="O5" s="6"/>
+      <c r="P5" s="6"/>
+      <c r="Q5" s="6"/>
+      <c r="R5" s="6"/>
+      <c r="S5" s="6"/>
+      <c r="T5" s="6"/>
+      <c r="U5" s="6"/>
+      <c r="V5" s="6"/>
+      <c r="W5" s="6"/>
+      <c r="X5" s="6"/>
+      <c r="Y5" s="6"/>
+      <c r="Z5" s="6"/>
+      <c r="AA5" s="6"/>
+      <c r="AB5" s="6"/>
+      <c r="AC5" s="6"/>
+      <c r="AD5" s="6"/>
+      <c r="AE5" s="6"/>
+      <c r="AF5" s="6"/>
+      <c r="AG5" s="6"/>
+      <c r="AH5" s="6"/>
+    </row>
+    <row r="6" spans="2:34" ht="50.1" customHeight="1">
+      <c r="B6" s="4"/>
+      <c r="C6" s="40" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6" s="40"/>
+      <c r="E6" s="40"/>
+      <c r="F6" s="40"/>
+      <c r="G6" s="40"/>
+      <c r="H6" s="40"/>
+      <c r="I6" s="40"/>
+      <c r="J6" s="40"/>
+      <c r="K6" s="40"/>
+      <c r="L6" s="40"/>
+      <c r="M6" s="40"/>
+      <c r="N6" s="40"/>
+      <c r="O6" s="40"/>
+      <c r="P6" s="40"/>
+      <c r="Q6" s="40"/>
+      <c r="R6" s="40"/>
+      <c r="S6" s="40"/>
+      <c r="T6" s="40"/>
+      <c r="U6" s="40"/>
+      <c r="V6" s="40"/>
+      <c r="W6" s="40"/>
+      <c r="X6" s="40"/>
+      <c r="Y6" s="40"/>
+      <c r="Z6" s="40"/>
+      <c r="AA6" s="40"/>
+      <c r="AB6" s="40"/>
+      <c r="AC6" s="40"/>
+      <c r="AD6" s="40"/>
+      <c r="AE6" s="40"/>
+      <c r="AF6" s="40"/>
+      <c r="AG6" s="40"/>
+      <c r="AH6" s="4">
+        <f>CalendarYear</f>
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="7" spans="2:34" ht="30" customHeight="1">
+      <c r="B7" s="4"/>
+      <c r="C7" s="17" t="str">
         <f>TEXT(WEEKDAY(DATE(CalendarYear,3,1),1),"jjj")</f>
         <v>sam.</v>
       </c>
       <c r="D7" s="17" t="str">
         <f>TEXT(WEEKDAY(DATE(CalendarYear,3,2),1),"jjj")</f>
         <v>dim.</v>
       </c>
       <c r="E7" s="17" t="str">
         <f>TEXT(WEEKDAY(DATE(CalendarYear,3,3),1),"jjj")</f>
         <v>lun.</v>
       </c>
       <c r="F7" s="17" t="str">
         <f>TEXT(WEEKDAY(DATE(CalendarYear,3,4),1),"jjj")</f>
         <v>mar.</v>
       </c>
       <c r="G7" s="17" t="str">
         <f>TEXT(WEEKDAY(DATE(CalendarYear,3,5),1),"jjj")</f>
         <v>mer.</v>
       </c>
       <c r="H7" s="17" t="str">
         <f>TEXT(WEEKDAY(DATE(CalendarYear,3,6),1),"jjj")</f>
         <v>jeu.</v>
       </c>
       <c r="I7" s="17" t="str">
         <f>TEXT(WEEKDAY(DATE(CalendarYear,3,7),1),"jjj")</f>
@@ -18388,54 +25150,54 @@
         <f>COUNTA(Mars[[#This Row],[1]:[31]])</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:34" ht="30" customHeight="1">
       <c r="B16" s="35" t="s">
         <v>46</v>
       </c>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(Mars[[#This Row],[1]:[31]])</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
-    <cfRule type="expression" dxfId="1149" priority="8" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1575" priority="8" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="1148" priority="9" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1574" priority="9" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="7">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{7C2B6C3E-666E-4369-8C57-FD32A7D03A3C}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
@@ -19103,54 +25865,54 @@
         <f>COUNTA(March5[[#This Row],[1]:[ ]])</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:34" ht="30" customHeight="1">
       <c r="B16" s="35" t="s">
         <v>46</v>
       </c>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(March5[[#This Row],[1]:[ ]])</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
-    <cfRule type="expression" dxfId="1078" priority="8" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1504" priority="8" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="1077" priority="9" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1503" priority="9" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="7">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{C6C51CE4-E5A5-6548-B677-75BFC57A1AE7}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
@@ -19903,54 +26665,54 @@
       <c r="AA16" s="1" t="s">
         <v>3</v>
       </c>
       <c r="AB16" s="1"/>
       <c r="AC16" s="1"/>
       <c r="AD16" s="1"/>
       <c r="AE16" s="1"/>
       <c r="AF16" s="1"/>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(March58[[#This Row],[1]:[31]])</f>
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
-    <cfRule type="expression" dxfId="1007" priority="11" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1433" priority="11" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="1006" priority="12" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1432" priority="12" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="10">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{A375B1A4-CE4E-6D4B-BAE6-14354F30C96E}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
@@ -20755,54 +27517,54 @@
       <c r="AC16" s="1"/>
       <c r="AD16" s="1" t="s">
         <v>3</v>
       </c>
       <c r="AE16" s="1" t="s">
         <v>3</v>
       </c>
       <c r="AF16" s="1"/>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(Juin[[#This Row],[1]:[ ]])</f>
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
-    <cfRule type="expression" dxfId="936" priority="8" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1362" priority="8" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="935" priority="9" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1361" priority="9" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="7">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{5E94D469-7B22-408B-924D-8DC8A136AD3B}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
@@ -21474,54 +28236,54 @@
         <f>COUNTA(Juillet[[#This Row],[1]:[31]])</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:34" ht="30" customHeight="1">
       <c r="B16" s="35" t="s">
         <v>46</v>
       </c>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(Juillet[[#This Row],[1]:[31]])</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
-    <cfRule type="expression" dxfId="865" priority="8" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1291" priority="8" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="864" priority="9" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1290" priority="9" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="7">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{E0DCF129-9B2A-4CEB-9E56-27607F4BED20}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
@@ -22192,54 +28954,54 @@
         <f>COUNTA(Août[[#This Row],[1]:[31]])</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:34" ht="30" customHeight="1">
       <c r="B16" s="35" t="s">
         <v>46</v>
       </c>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(Août[[#This Row],[1]:[31]])</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
-    <cfRule type="expression" dxfId="794" priority="8" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1220" priority="8" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="793" priority="9" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1219" priority="9" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="7">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{09900229-9536-43AB-AAE0-FC121BDECD61}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
@@ -22907,54 +29669,54 @@
         <f>COUNTA(Septembre[[#This Row],[1]:[ ]])</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:34" ht="30" customHeight="1">
       <c r="B16" s="35" t="s">
         <v>46</v>
       </c>
       <c r="AG16" s="29"/>
       <c r="AH16" s="29">
         <f>COUNTA(Septembre[[#This Row],[1]:[ ]])</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C6:AG6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="T4:W4"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
-    <cfRule type="expression" dxfId="723" priority="8" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1149" priority="8" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="722" priority="9" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1148" priority="9" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="7">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{1A021984-06A1-41D9-90D2-8C16E885020B}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
@@ -22968,50 +29730,59 @@
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>AH9:AH16</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010079F111ED35F8CC479449609E8A0923A6" ma:contentTypeVersion="26" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ac37c1753acd5e330d2062ccec26ea66">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xmlns:ns3="16c05727-aa75-4e4a-9b5f-8a80a1165891" xmlns:ns4="230e9df3-be65-4c73-a93b-d1236ebd677e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3b340c7101c92c5120abd06486f94548" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <xsd:import namespace="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <xsd:import namespace="230e9df3-be65-4c73-a93b-d1236ebd677e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Image" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
@@ -23267,89 +30038,80 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Image xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </Image>
     <Status xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">Not started</Status>
     <Background xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">false</Background>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <ImageTagsTaxHTField xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </ImageTagsTaxHTField>
     <TaxCatchAll xmlns="230e9df3-be65-4c73-a93b-d1236ebd677e" xsi:nil="true"/>
     <MediaServiceKeyPoints xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C1DB48D-B39A-4027-AC09-EC0D149B5064}"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07D05670-3C2E-4910-93A4-3F46AB1A1CD5}"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF416EBA-1ECE-4253-8F5F-379C4C21BCA1}"/>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C1DB48D-B39A-4027-AC09-EC0D149B5064}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TM03987167</Template>
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>