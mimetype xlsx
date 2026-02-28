--- v2 (2026-01-14)
+++ v3 (2026-02-28)
@@ -39,80 +39,81 @@
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment2.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment3.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/tables/table11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/comments8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
-  <Override PartName="/xl/comments8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/comments9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29728"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="213" documentId="8_{3380CD49-6228-4CF8-BB7F-A5F3781C44A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BC201B18-D537-400A-A5F1-1F84F2027501}"/>
+  <xr:revisionPtr revIDLastSave="237" documentId="8_{3380CD49-6228-4CF8-BB7F-A5F3781C44A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8D4C6E8D-13DA-4DF9-8933-7AED6E5D9123}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" firstSheet="21" activeTab="12" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" firstSheet="14" activeTab="14" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Janvier" sheetId="4" r:id="rId1"/>
     <sheet name="Février" sheetId="5" r:id="rId2"/>
     <sheet name="Mars" sheetId="17" r:id="rId3"/>
     <sheet name="Avril" sheetId="18" r:id="rId4"/>
     <sheet name="Mai" sheetId="19" r:id="rId5"/>
     <sheet name="Juin" sheetId="20" r:id="rId6"/>
     <sheet name="Juillet" sheetId="21" r:id="rId7"/>
     <sheet name="Août" sheetId="22" r:id="rId8"/>
     <sheet name="Septembre" sheetId="23" r:id="rId9"/>
     <sheet name="Octobre" sheetId="24" r:id="rId10"/>
     <sheet name="Novembre" sheetId="25" r:id="rId11"/>
     <sheet name="Décembre" sheetId="15" r:id="rId12"/>
     <sheet name="Janvier 2026" sheetId="27" r:id="rId13"/>
     <sheet name="Fevrier 2026" sheetId="29" r:id="rId14"/>
     <sheet name="Mars 2026" sheetId="31" r:id="rId15"/>
     <sheet name="Avril 2026" sheetId="30" r:id="rId16"/>
     <sheet name="Mai 2026" sheetId="28" r:id="rId17"/>
     <sheet name="Juin 2026" sheetId="26" r:id="rId18"/>
     <sheet name="Juillet 2026" sheetId="32" r:id="rId19"/>
     <sheet name="Août 2026" sheetId="33" r:id="rId20"/>
     <sheet name="Septembre 2026" sheetId="34" r:id="rId21"/>
     <sheet name="Octobre 2026" sheetId="35" r:id="rId22"/>
     <sheet name="Novembre 2026" sheetId="36" r:id="rId23"/>
@@ -1632,124 +1633,147 @@
           <rPr>
             <sz val="11"/>
             <color theme="0"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t>Comité 78:
 Elancourt LVE</t>
         </r>
       </text>
     </comment>
     <comment ref="R9" authorId="0" shapeId="0" xr:uid="{A742176F-9D61-413E-B60D-FB36523AAC1C}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="0"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t>Comité 78:
 CBS</t>
         </r>
       </text>
     </comment>
-    <comment ref="AF9" authorId="0" shapeId="0" xr:uid="{B85AC4BE-F1EC-4F87-AEDA-12792D127A80}">
+    <comment ref="S9" authorId="0" shapeId="0" xr:uid="{6ABA17A4-760A-4DEB-9C4D-A51941EA790E}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="0"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t>Comité 78:
-MB</t>
+Maurepas</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments7.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Comité 78</author>
   </authors>
   <commentList>
     <comment ref="G9" authorId="0" shapeId="0" xr:uid="{5DC7B862-3184-46E7-ACC1-D6CF8AA0EECB}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="0"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Comité 78:
 ESS
 </t>
         </r>
       </text>
     </comment>
     <comment ref="K9" authorId="0" shapeId="0" xr:uid="{98C3008A-30A6-4300-88D2-9919CE8B1BF4}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="0"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Comité 78:
 ESS
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="V9" authorId="0" shapeId="0" xr:uid="{901AF429-C862-48BF-B5C1-BFFC8D67A1EA}">
+  </commentList>
+</comments>
+</file>
+
+<file path=xl/comments8.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>Comité 78</author>
+  </authors>
+  <commentList>
+    <comment ref="P9" authorId="0" shapeId="0" xr:uid="{ED64EA47-7A77-4D73-A352-36091B5A7925}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="0"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Comité 78:
-[...1 lines deleted...]
-</t>
+          <t>Comité 78:
+Chambourcy</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="AC9" authorId="0" shapeId="0" xr:uid="{1F00F878-6608-4D85-BA29-26D7DA2BA99A}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="11"/>
+            <color theme="0"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t>Comité 78:
+Magny</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
-<file path=xl/comments8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/comments9.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Comité 78</author>
   </authors>
   <commentList>
     <comment ref="R9" authorId="0" shapeId="0" xr:uid="{D0371CC3-C732-44F8-BB6C-4F955A1C0DD9}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="0"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t>Comité 78:
 MYBAD</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1289" uniqueCount="61">
@@ -11963,83 +11987,83 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table16.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table17.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table18.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table19.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table20.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table21.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing9.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table23.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table24.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
 </file>
@@ -14272,52 +14296,52 @@
           <x14:cfRule type="dataBar" id="{27D92E49-5CF1-46DF-AD7A-3A5E92F274F3}">
             <x14:dataBar minLength="0" maxLength="100">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="formula">
                 <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>AH9:AH16</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <sheetPr codeName="Feuil12">
     <tabColor theme="6" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="B1:AH16"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="B6" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L15" sqref="L15:AG15"/>
+    <sheetView showGridLines="0" topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="L15" sqref="L15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" customWidth="1"/>
     <col min="3" max="33" width="4.7109375" customWidth="1"/>
     <col min="34" max="34" width="18" customWidth="1"/>
     <col min="35" max="35" width="2.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:34" ht="50.1" customHeight="1">
       <c r="B1" s="20"/>
     </row>
     <row r="2" spans="2:34" ht="100.35" customHeight="1">
       <c r="B2" s="19" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="3" spans="2:34" ht="15" customHeight="1">
       <c r="B3" s="7"/>
       <c r="C3" s="8"/>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
@@ -15165,52 +15189,52 @@
           <x14:cfRule type="dataBar" id="{17586780-365B-4F4C-BBB4-F5991705D361}">
             <x14:dataBar minLength="0" maxLength="100">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="formula">
                 <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>AH9:AH16</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A9E62800-A7DC-44A7-B2A8-30116467CE7F}">
   <sheetPr>
     <tabColor theme="7"/>
   </sheetPr>
   <dimension ref="B1:AH16"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Z12" sqref="Z12"/>
+    <sheetView showGridLines="0" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="Y9" sqref="Y9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" customWidth="1"/>
     <col min="3" max="33" width="4.7109375" customWidth="1"/>
     <col min="34" max="34" width="18" customWidth="1"/>
     <col min="35" max="35" width="2.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:34" ht="50.1" customHeight="1">
       <c r="B1" s="20"/>
     </row>
     <row r="2" spans="2:34" ht="100.35" customHeight="1">
       <c r="B2" s="24" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="3" spans="2:34" ht="15" customHeight="1">
       <c r="B3" s="7"/>
       <c r="C3" s="8"/>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
@@ -15612,59 +15636,55 @@
       <c r="S9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="T9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="U9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
       <c r="X9" s="1"/>
       <c r="Y9" s="1" t="s">
         <v>60</v>
       </c>
       <c r="Z9" s="1" t="s">
         <v>60</v>
       </c>
       <c r="AA9" s="1" t="s">
         <v>60</v>
       </c>
       <c r="AB9" s="1"/>
       <c r="AC9" s="1"/>
       <c r="AD9" s="1"/>
       <c r="AE9" s="1"/>
-      <c r="AF9" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AF9" s="1"/>
+      <c r="AG9" s="1"/>
       <c r="AH9" s="3">
         <f>COUNTA(Novembre26[[#This Row],[1]:[31]])</f>
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="2:34" ht="30" customHeight="1">
       <c r="B10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
@@ -16011,51 +16031,51 @@
             <x14:dataBar minLength="0" maxLength="100">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="formula">
                 <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>AH9:AH16</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71382820-B1DB-439E-8338-D20D910F1634}">
   <sheetPr>
     <tabColor theme="7"/>
   </sheetPr>
   <dimension ref="B1:AE16"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G11" sqref="G11"/>
+      <selection activeCell="V9" sqref="V9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" customWidth="1"/>
     <col min="3" max="30" width="4.7109375" customWidth="1"/>
     <col min="31" max="31" width="18" customWidth="1"/>
     <col min="32" max="32" width="2.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:31" ht="50.1" customHeight="1">
       <c r="B1" s="20"/>
     </row>
     <row r="2" spans="2:31" ht="100.35" customHeight="1">
       <c r="B2" s="24" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="3" spans="2:31" ht="15" customHeight="1">
       <c r="B3" s="7"/>
       <c r="C3" s="8"/>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
@@ -16376,96 +16396,88 @@
         <v>29</v>
       </c>
       <c r="Z8" s="1" t="s">
         <v>30</v>
       </c>
       <c r="AA8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="AB8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AC8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AD8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AE8" s="18" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="2:31" ht="30" customHeight="1">
       <c r="B9" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="J9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="L9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="M9" s="1" t="s">
         <v>1</v>
       </c>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
-      <c r="V9" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+      <c r="X9" s="1"/>
       <c r="Y9" s="1"/>
       <c r="Z9" s="1"/>
       <c r="AA9" s="1"/>
       <c r="AB9" s="1"/>
       <c r="AC9" s="1"/>
       <c r="AD9" s="1"/>
       <c r="AE9" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="2:31" ht="30" customHeight="1">
       <c r="B10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
@@ -16713,58 +16725,58 @@
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{9F0D0083-CEC9-4D50-B457-53BC81185CB0}">
             <x14:dataBar minLength="0" maxLength="100">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="formula">
                 <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>AE9:AE16</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EEB5DF15-248D-4DAD-A81F-0FAB903294C6}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EEB5DF15-248D-4DAD-A81F-0FAB903294C6}">
   <sheetPr>
     <tabColor theme="7"/>
   </sheetPr>
   <dimension ref="B1:AH16"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C7" sqref="C7"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="X10" sqref="X10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="30" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" customWidth="1"/>
     <col min="3" max="33" width="4.7109375" customWidth="1"/>
     <col min="34" max="34" width="18" customWidth="1"/>
     <col min="35" max="35" width="2.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:34" ht="50.1" customHeight="1">
       <c r="B1" s="20"/>
     </row>
     <row r="2" spans="2:34" ht="100.35" customHeight="1">
       <c r="B2" s="24" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="3" spans="2:34" ht="15" customHeight="1">
       <c r="B3" s="7"/>
       <c r="C3" s="8"/>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
@@ -17128,71 +17140,83 @@
       </c>
       <c r="AG8" s="1" t="s">
         <v>37</v>
       </c>
       <c r="AH8" s="18" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="2:34" ht="30" customHeight="1">
       <c r="B9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
-      <c r="P9" s="1"/>
-[...1 lines deleted...]
-      <c r="R9" s="1"/>
+      <c r="P9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="R9" s="1" t="s">
+        <v>1</v>
+      </c>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
       <c r="X9" s="1"/>
       <c r="Y9" s="1"/>
       <c r="Z9" s="1"/>
       <c r="AA9" s="1"/>
       <c r="AB9" s="1"/>
-      <c r="AC9" s="1"/>
-[...1 lines deleted...]
-      <c r="AE9" s="1"/>
+      <c r="AC9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE9" s="1" t="s">
+        <v>1</v>
+      </c>
       <c r="AF9" s="1"/>
       <c r="AG9" s="1"/>
       <c r="AH9" s="3">
         <f>COUNTA(Novembre271011[[#This Row],[1]:[31]])</f>
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="2:34" ht="30" customHeight="1">
       <c r="B10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
@@ -17405,52 +17429,53 @@
   <phoneticPr fontId="30" type="noConversion"/>
   <conditionalFormatting sqref="C9:AG16">
     <cfRule type="expression" dxfId="709" priority="2" stopIfTrue="1">
       <formula>C9="C"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="708" priority="3" stopIfTrue="1">
       <formula>C9="R"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH9:AH16">
     <cfRule type="dataBar" priority="1">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="formula" val="DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),&quot;d&quot;)"/>
         <color theme="2" tint="-0.249977111117893"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{3AC3469A-8F02-463D-8F23-ABAB912F88B9}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" verticalDpi="4294967293"/>
+  <legacyDrawing r:id="rId1"/>
   <tableParts count="1">
-    <tablePart r:id="rId1"/>
+    <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{3AC3469A-8F02-463D-8F23-ABAB912F88B9}">
             <x14:dataBar minLength="0" maxLength="100">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="formula">
                 <xm:f>DATEDIF(DATE(CalendarYear,2,1),DATE(CalendarYear,3,1),"d")</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>AH9:AH16</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{90DD8899-3433-4106-A855-5E8BEA30841A}">